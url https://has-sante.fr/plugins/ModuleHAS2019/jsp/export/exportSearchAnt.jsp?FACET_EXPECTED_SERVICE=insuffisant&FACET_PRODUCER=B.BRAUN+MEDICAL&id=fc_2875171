--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>SEQUENT PLEASE NEO</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>25/05/2021 00:00:00</t>
+    <t>25/05/2019 00:00:00</t>
   </si>
   <si>
     <t>06/09/2021 09:43:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3280920/fr/sequent-please-neo</t>
   </si>
   <si>
     <t>p_3280920</t>
   </si>
   <si>
     <t>Ballon actif à libération de paclitaxel</t>
   </si>
   <si>
     <t>B.BRAUN MEDICAL</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>