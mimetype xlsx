--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -50,51 +50,51 @@
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>GO-ON</t>
   </si>
   <si>
     <t>Acide hyaluronique pour injection intra-articulaire</t>
   </si>
   <si>
-    <t>09/07/2013 00:00:00</t>
+    <t>02/06/2015 00:00:00</t>
   </si>
   <si>
     <t>08/06/2015 18:02:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2037487/fr/go-on</t>
   </si>
   <si>
     <t>c_2037487</t>
   </si>
   <si>
     <t>ROTTAPHARM SAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>