--- v0 (2026-01-16)
+++ v1 (2026-03-05)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>LUNA XT</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>21/02/2023 00:00:00</t>
   </si>
   <si>
-    <t>17/03/2023 16:35:20</t>
+    <t>17/03/2023 16:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3418553/fr/luna-xt</t>
   </si>
   <si>
     <t>p_3418553</t>
   </si>
   <si>
     <t>Implant mammaire, anatomique, micro texturé, pré-rempli de gel de silicone et gabarits associés</t>
   </si>
   <si>
     <t>EUROSILICONE S.A.S</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>