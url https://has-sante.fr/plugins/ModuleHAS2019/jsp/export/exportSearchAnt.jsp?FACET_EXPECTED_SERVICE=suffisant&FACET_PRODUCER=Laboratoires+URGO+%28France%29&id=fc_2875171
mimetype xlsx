--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -9,107 +9,149 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="26">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="70" uniqueCount="40">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>URGOTUL BORDER SACRUM</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/12/2025 13:57:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704137/fr/urgotul-border-sacrum</t>
+  </si>
+  <si>
+    <t>p_3704137</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires forme anatomique (sacrum)</t>
+  </si>
+  <si>
+    <t>Laboratoires URGO (France)</t>
+  </si>
+  <si>
+    <t>URGOTUL ABSORB TALON</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704161/fr/urgotul-absorb-talon</t>
+  </si>
+  <si>
+    <t>p_3704161</t>
+  </si>
+  <si>
+    <t>Pansements hydrocellulaires forme anatomique (talon)</t>
+  </si>
+  <si>
+    <t>URGOTUL</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3704164/fr/urgotul</t>
+  </si>
+  <si>
+    <t>p_3704164</t>
+  </si>
+  <si>
+    <t>Pansement interface</t>
+  </si>
+  <si>
     <t>URGOSTART BORDER</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>28/01/2025 00:00:00</t>
   </si>
   <si>
     <t>31/03/2025 08:41:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3593182/fr/urgostart-border</t>
   </si>
   <si>
     <t>p_3593182</t>
   </si>
   <si>
     <t>Pansements</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laboratoires URGO (France)</t>
   </si>
   <si>
     <t>URGOSTART PLUS COMPRESSE</t>
   </si>
   <si>
     <t>10/03/2025 08:53:59</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3593179/fr/urgostart-plus-compresse</t>
   </si>
   <si>
     <t>p_3593179</t>
   </si>
   <si>
     <t>URGOSTART PLUS BORDER</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3593188/fr/urgostart-plus-border</t>
   </si>
   <si>
     <t>p_3593188</t>
   </si>
 </sst>
 </file>
 
@@ -137,51 +179,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -221,93 +263,189 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>23</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>24</v>
       </c>
       <c r="H4" t="s">
         <v>25</v>
       </c>
       <c r="I4" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>27</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+      <c r="I5" t="s">
+        <v>32</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>33</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>28</v>
+      </c>
+      <c r="E6" t="s">
+        <v>34</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>35</v>
+      </c>
+      <c r="H6" t="s">
+        <v>36</v>
+      </c>
+      <c r="I6" t="s">
+        <v>32</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>37</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>28</v>
+      </c>
+      <c r="E7" t="s">
+        <v>34</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
+      </c>
+      <c r="I7" t="s">
+        <v>32</v>
+      </c>
+      <c r="J7" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>