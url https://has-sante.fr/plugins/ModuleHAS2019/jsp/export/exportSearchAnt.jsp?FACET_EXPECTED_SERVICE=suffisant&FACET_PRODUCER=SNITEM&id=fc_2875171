--- v0 (2025-10-19)
+++ v1 (2026-01-15)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>Prestation associée aux systèmes de télésurveillance des stimulateurs cardiaques implantables</t>
   </si>
   <si>
     <t>Système de Télésurveillance pour stimulateur cardiaque implantable</t>
   </si>
   <si>
     <t>09/07/2013 00:00:00</t>
   </si>
   <si>
-    <t>24/07/2013 16:02:00</t>
+    <t>24/07/2013 16:42:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623628/fr/prestation-associee-aux-systemes-de-telesurveillance-des-stimulateurs-cardiaques-implantables</t>
   </si>
   <si>
     <t>c_1623628</t>
   </si>
   <si>
     <t>SNITEM</t>
   </si>
   <si>
     <t>Prestation associée aux systèmes de télésurveillance des défibrillateurs cardiaques implantables</t>
   </si>
   <si>
     <t>Système de Télésurveillance pour défibrillateur cardiaque implantable</t>
   </si>
   <si>
     <t>24/07/2013 16:45:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1623654/fr/prestation-associee-aux-systemes-de-telesurveillance-des-defibrillateurs-cardiaques-implantables</t>
   </si>