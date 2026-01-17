--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -9,89 +9,110 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="260" uniqueCount="171">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="178">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>LUNARIS ESSENTIAL</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>25/11/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>19/12/2025 11:21:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3752619/fr/lunaris-essential</t>
+  </si>
+  <si>
+    <t>p_3752619</t>
+  </si>
+  <si>
+    <t>Pied prothétique avec articulation de cheville</t>
+  </si>
+  <si>
+    <t>AXILES BIONICS BV</t>
+  </si>
+  <si>
     <t>RHEO KNEE XC</t>
-  </si>
-[...1 lines deleted...]
-    <t/>
   </si>
   <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>29/04/2025 16:26:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3601854/fr/rheo-knee-xc</t>
   </si>
   <si>
     <t>p_3601854</t>
   </si>
   <si>
     <t>Genou monoaxial, à articulation commandée  par microprocesseur et fluide  magnétorhéologique</t>
   </si>
   <si>
     <t>ÖSSUR FRANCE</t>
   </si>
   <si>
     <t>ROTATEUR 4R57</t>
   </si>
   <si>
     <t>10/09/2024 00:00:00</t>
   </si>
@@ -572,51 +593,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J26"/>
+  <dimension ref="A1:J27"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -714,133 +735,133 @@
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
       <c r="I4" t="s">
         <v>31</v>
       </c>
       <c r="J4" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
         <v>34</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>35</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>36</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>37</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>38</v>
       </c>
-      <c r="I5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="J5" t="s">
-        <v>25</v>
+        <v>39</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C6" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
       <c r="D6" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="E6" t="s">
+        <v>43</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>44</v>
+      </c>
+      <c r="H6" t="s">
+        <v>45</v>
+      </c>
+      <c r="I6" t="s">
         <v>41</v>
       </c>
-      <c r="F6" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J6" t="s">
-        <v>44</v>
+        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="E7" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H7" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I7" t="s">
-        <v>50</v>
+        <v>41</v>
       </c>
       <c r="J7" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>53</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
@@ -863,176 +884,176 @@
       <c r="B9" t="s">
         <v>59</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>60</v>
       </c>
       <c r="E9" t="s">
         <v>61</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>62</v>
       </c>
       <c r="H9" t="s">
         <v>63</v>
       </c>
       <c r="I9" t="s">
         <v>64</v>
       </c>
       <c r="J9" t="s">
-        <v>25</v>
+        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="E10" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H10" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I10" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J10" t="s">
-        <v>71</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>73</v>
       </c>
       <c r="E11" t="s">
         <v>74</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>75</v>
       </c>
       <c r="H11" t="s">
         <v>76</v>
       </c>
       <c r="I11" t="s">
         <v>77</v>
       </c>
       <c r="J11" t="s">
-        <v>25</v>
+        <v>78</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="E12" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="H12" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="I12" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="J12" t="s">
-        <v>83</v>
+        <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
+        <v>85</v>
+      </c>
+      <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
+        <v>86</v>
+      </c>
+      <c r="E13" t="s">
+        <v>87</v>
+      </c>
+      <c r="F13" t="s">
+        <v>12</v>
+      </c>
+      <c r="G13" t="s">
+        <v>88</v>
+      </c>
+      <c r="H13" t="s">
+        <v>89</v>
+      </c>
+      <c r="I13" t="s">
         <v>84</v>
-      </c>
-[...19 lines deleted...]
-        <v>89</v>
       </c>
       <c r="J13" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
         <v>91</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>92</v>
       </c>
       <c r="E14" t="s">
         <v>93</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
@@ -1055,398 +1076,430 @@
       <c r="B15" t="s">
         <v>98</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>99</v>
       </c>
       <c r="E15" t="s">
         <v>100</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>101</v>
       </c>
       <c r="H15" t="s">
         <v>102</v>
       </c>
       <c r="I15" t="s">
         <v>103</v>
       </c>
       <c r="J15" t="s">
-        <v>44</v>
+        <v>104</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="E16" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="H16" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="I16" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="J16" t="s">
-        <v>110</v>
+        <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>111</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>112</v>
       </c>
       <c r="E17" t="s">
         <v>113</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>114</v>
       </c>
       <c r="H17" t="s">
         <v>115</v>
       </c>
       <c r="I17" t="s">
         <v>116</v>
       </c>
       <c r="J17" t="s">
-        <v>83</v>
+        <v>117</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E18" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H18" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I18" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J18" t="s">
-        <v>123</v>
+        <v>90</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
+        <v>12</v>
+      </c>
+      <c r="D19" t="s">
         <v>125</v>
       </c>
-      <c r="D19" t="s">
+      <c r="E19" t="s">
         <v>126</v>
       </c>
-      <c r="E19" t="s">
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
         <v>127</v>
       </c>
-      <c r="F19" t="s">
-[...2 lines deleted...]
-      <c r="G19" t="s">
+      <c r="H19" t="s">
         <v>128</v>
       </c>
-      <c r="H19" t="s">
+      <c r="I19" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="J19" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>104</v>
+        <v>131</v>
       </c>
       <c r="C20" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D20" t="s">
+        <v>133</v>
+      </c>
+      <c r="E20" t="s">
+        <v>134</v>
+      </c>
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
+        <v>135</v>
+      </c>
+      <c r="H20" t="s">
+        <v>136</v>
+      </c>
+      <c r="I20" t="s">
         <v>132</v>
       </c>
-      <c r="E20" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J20" t="s">
-        <v>110</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>33</v>
+        <v>111</v>
       </c>
       <c r="C21" t="s">
-        <v>34</v>
+        <v>138</v>
       </c>
       <c r="D21" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="E21" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
+        <v>141</v>
+      </c>
+      <c r="H21" t="s">
+        <v>142</v>
+      </c>
+      <c r="I21" t="s">
         <v>138</v>
       </c>
-      <c r="H21" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="J21" t="s">
-        <v>25</v>
+        <v>117</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>140</v>
+        <v>40</v>
       </c>
       <c r="C22" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="D22" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E22" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="H22" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I22" t="s">
-        <v>141</v>
+        <v>41</v>
       </c>
       <c r="J22" t="s">
-        <v>146</v>
+        <v>32</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>147</v>
       </c>
       <c r="C23" t="s">
         <v>148</v>
       </c>
       <c r="D23" t="s">
         <v>149</v>
       </c>
       <c r="E23" t="s">
         <v>150</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>151</v>
       </c>
       <c r="H23" t="s">
         <v>152</v>
       </c>
       <c r="I23" t="s">
         <v>148</v>
       </c>
       <c r="J23" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>45</v>
+        <v>154</v>
       </c>
       <c r="C24" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="D24" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="E24" t="s">
+        <v>157</v>
+      </c>
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
+        <v>158</v>
+      </c>
+      <c r="H24" t="s">
+        <v>159</v>
+      </c>
+      <c r="I24" t="s">
         <v>155</v>
       </c>
-      <c r="F24" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J24" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>159</v>
+        <v>52</v>
       </c>
       <c r="C25" t="s">
-        <v>160</v>
+        <v>12</v>
       </c>
       <c r="D25" t="s">
         <v>161</v>
       </c>
       <c r="E25" t="s">
         <v>162</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
         <v>163</v>
       </c>
       <c r="H25" t="s">
         <v>164</v>
       </c>
       <c r="I25" t="s">
-        <v>160</v>
+        <v>12</v>
       </c>
       <c r="J25" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
         <v>166</v>
       </c>
       <c r="C26" t="s">
-        <v>12</v>
+        <v>167</v>
       </c>
       <c r="D26" t="s">
+        <v>168</v>
+      </c>
+      <c r="E26" t="s">
+        <v>169</v>
+      </c>
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
+        <v>170</v>
+      </c>
+      <c r="H26" t="s">
+        <v>171</v>
+      </c>
+      <c r="I26" t="s">
         <v>167</v>
       </c>
-      <c r="E26" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J26" t="s">
-        <v>130</v>
+        <v>172</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>173</v>
+      </c>
+      <c r="C27" t="s">
+        <v>12</v>
+      </c>
+      <c r="D27" t="s">
+        <v>174</v>
+      </c>
+      <c r="E27" t="s">
+        <v>175</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
+        <v>176</v>
+      </c>
+      <c r="H27" t="s">
+        <v>177</v>
+      </c>
+      <c r="I27" t="s">
+        <v>12</v>
+      </c>
+      <c r="J27" t="s">
+        <v>137</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>