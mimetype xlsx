--- v1 (2026-01-17)
+++ v2 (2026-03-05)
@@ -9,91 +9,112 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="270" uniqueCount="178">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="184">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>C-BRACE</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>06/01/2026 00:00:00</t>
+  </si>
+  <si>
+    <t>25/02/2026 16:53:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3825822/fr/c-brace</t>
+  </si>
+  <si>
+    <t>p_3825822</t>
+  </si>
+  <si>
+    <t>Orthèse cruropédieuse associée à une  articulation hydraulique contrôlée par microprocesseur</t>
+  </si>
+  <si>
+    <t>OTTO BOCK FRANCE</t>
+  </si>
+  <si>
     <t>LUNARIS ESSENTIAL</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>25/11/2025 00:00:00</t>
   </si>
   <si>
     <t>19/12/2025 11:21:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3752619/fr/lunaris-essential</t>
   </si>
   <si>
     <t>p_3752619</t>
   </si>
   <si>
     <t>Pied prothétique avec articulation de cheville</t>
   </si>
   <si>
     <t>AXILES BIONICS BV</t>
   </si>
   <si>
     <t>RHEO KNEE XC</t>
   </si>
   <si>
     <t>25/02/2025 00:00:00</t>
   </si>
   <si>
     <t>29/04/2025 16:26:53</t>
@@ -105,53 +126,50 @@
     <t>p_3601854</t>
   </si>
   <si>
     <t>Genou monoaxial, à articulation commandée  par microprocesseur et fluide  magnétorhéologique</t>
   </si>
   <si>
     <t>ÖSSUR FRANCE</t>
   </si>
   <si>
     <t>ROTATEUR 4R57</t>
   </si>
   <si>
     <t>10/09/2024 00:00:00</t>
   </si>
   <si>
     <t>16/10/2024 08:59:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3540263/fr/rotateur-4r57</t>
   </si>
   <si>
     <t>p_3540263</t>
   </si>
   <si>
     <t>Adaptateur de rotation pour prothèse externe transfémorale</t>
-  </si>
-[...1 lines deleted...]
-    <t>OTTO BOCK FRANCE</t>
   </si>
   <si>
     <t>ELANIC</t>
   </si>
   <si>
     <t>02/05/2023 00:00:00</t>
   </si>
   <si>
     <t>17/05/2023 15:46:20</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3433229/fr/elanic</t>
   </si>
   <si>
     <t>p_3433229</t>
   </si>
   <si>
     <t>Pied prothétique avec cheville hydraulique contrôlée par microprocesseur</t>
   </si>
   <si>
     <t>BLATCHFORD EUROPE GMBH (Allemagne)</t>
   </si>
   <si>
     <t>TERION K2</t>
   </si>
@@ -593,51 +611,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J27"/>
+  <dimension ref="A1:J28"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -756,750 +774,782 @@
       <c r="B5" t="s">
         <v>33</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>34</v>
       </c>
       <c r="E5" t="s">
         <v>35</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>36</v>
       </c>
       <c r="H5" t="s">
         <v>37</v>
       </c>
       <c r="I5" t="s">
         <v>38</v>
       </c>
       <c r="J5" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
+        <v>39</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
         <v>40</v>
       </c>
-      <c r="C6" t="s">
+      <c r="E6" t="s">
         <v>41</v>
       </c>
-      <c r="D6" t="s">
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
         <v>42</v>
       </c>
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>43</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>44</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
         <v>45</v>
-      </c>
-[...4 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="D7" t="s">
+        <v>48</v>
+      </c>
+      <c r="E7" t="s">
+        <v>49</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>50</v>
+      </c>
+      <c r="H7" t="s">
+        <v>51</v>
+      </c>
+      <c r="I7" t="s">
         <v>47</v>
       </c>
-      <c r="E7" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J7" t="s">
-        <v>51</v>
+        <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>52</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>53</v>
       </c>
       <c r="E8" t="s">
         <v>54</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
         <v>55</v>
       </c>
       <c r="H8" t="s">
         <v>56</v>
       </c>
       <c r="I8" t="s">
+        <v>47</v>
+      </c>
+      <c r="J8" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
+        <v>58</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
         <v>59</v>
       </c>
-      <c r="C9" t="s">
-[...2 lines deleted...]
-      <c r="D9" t="s">
+      <c r="E9" t="s">
         <v>60</v>
       </c>
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
         <v>61</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>62</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>63</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
+        <v>65</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
         <v>66</v>
       </c>
-      <c r="C10" t="s">
-[...2 lines deleted...]
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>67</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>68</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>69</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>70</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
         <v>71</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
         <v>72</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>73</v>
       </c>
       <c r="E11" t="s">
         <v>74</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
         <v>75</v>
       </c>
       <c r="H11" t="s">
         <v>76</v>
       </c>
       <c r="I11" t="s">
         <v>77</v>
       </c>
       <c r="J11" t="s">
-        <v>78</v>
+        <v>18</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
+        <v>78</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
         <v>79</v>
       </c>
-      <c r="C12" t="s">
-[...2 lines deleted...]
-      <c r="D12" t="s">
+      <c r="E12" t="s">
         <v>80</v>
       </c>
-      <c r="E12" t="s">
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
         <v>81</v>
       </c>
-      <c r="F12" t="s">
-[...2 lines deleted...]
-      <c r="G12" t="s">
+      <c r="H12" t="s">
         <v>82</v>
       </c>
-      <c r="H12" t="s">
+      <c r="I12" t="s">
         <v>83</v>
       </c>
-      <c r="I12" t="s">
+      <c r="J12" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>85</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>86</v>
       </c>
       <c r="E13" t="s">
         <v>87</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>88</v>
       </c>
       <c r="H13" t="s">
         <v>89</v>
       </c>
       <c r="I13" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="J13" t="s">
-        <v>90</v>
+        <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
         <v>91</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>92</v>
       </c>
       <c r="E14" t="s">
         <v>93</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>94</v>
       </c>
       <c r="H14" t="s">
         <v>95</v>
       </c>
       <c r="I14" t="s">
+        <v>90</v>
+      </c>
+      <c r="J14" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
+        <v>97</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
         <v>98</v>
       </c>
-      <c r="C15" t="s">
-[...2 lines deleted...]
-      <c r="D15" t="s">
+      <c r="E15" t="s">
         <v>99</v>
       </c>
-      <c r="E15" t="s">
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
         <v>100</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="H15" t="s">
         <v>101</v>
       </c>
-      <c r="H15" t="s">
+      <c r="I15" t="s">
         <v>102</v>
       </c>
-      <c r="I15" t="s">
+      <c r="J15" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
+        <v>104</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
         <v>105</v>
       </c>
-      <c r="C16" t="s">
-[...2 lines deleted...]
-      <c r="D16" t="s">
+      <c r="E16" t="s">
         <v>106</v>
       </c>
-      <c r="E16" t="s">
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
         <v>107</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>108</v>
       </c>
-      <c r="H16" t="s">
+      <c r="I16" t="s">
         <v>109</v>
       </c>
-      <c r="I16" t="s">
+      <c r="J16" t="s">
         <v>110</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>111</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>112</v>
       </c>
       <c r="E17" t="s">
         <v>113</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>114</v>
       </c>
       <c r="H17" t="s">
         <v>115</v>
       </c>
       <c r="I17" t="s">
         <v>116</v>
       </c>
       <c r="J17" t="s">
-        <v>117</v>
+        <v>57</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
+        <v>117</v>
+      </c>
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
         <v>118</v>
       </c>
-      <c r="C18" t="s">
-[...2 lines deleted...]
-      <c r="D18" t="s">
+      <c r="E18" t="s">
         <v>119</v>
       </c>
-      <c r="E18" t="s">
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
         <v>120</v>
       </c>
-      <c r="F18" t="s">
-[...2 lines deleted...]
-      <c r="G18" t="s">
+      <c r="H18" t="s">
         <v>121</v>
       </c>
-      <c r="H18" t="s">
+      <c r="I18" t="s">
         <v>122</v>
       </c>
-      <c r="I18" t="s">
+      <c r="J18" t="s">
         <v>123</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>124</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
         <v>125</v>
       </c>
       <c r="E19" t="s">
         <v>126</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
         <v>127</v>
       </c>
       <c r="H19" t="s">
         <v>128</v>
       </c>
       <c r="I19" t="s">
         <v>129</v>
       </c>
       <c r="J19" t="s">
-        <v>130</v>
+        <v>96</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" t="s">
+        <v>12</v>
+      </c>
+      <c r="D20" t="s">
         <v>131</v>
       </c>
-      <c r="C20" t="s">
+      <c r="E20" t="s">
         <v>132</v>
       </c>
-      <c r="D20" t="s">
+      <c r="F20" t="s">
+        <v>12</v>
+      </c>
+      <c r="G20" t="s">
         <v>133</v>
       </c>
-      <c r="E20" t="s">
+      <c r="H20" t="s">
         <v>134</v>
       </c>
-      <c r="F20" t="s">
-[...2 lines deleted...]
-      <c r="G20" t="s">
+      <c r="I20" t="s">
         <v>135</v>
       </c>
-      <c r="H20" t="s">
+      <c r="J20" t="s">
         <v>136</v>
-      </c>
-[...4 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>111</v>
+        <v>137</v>
       </c>
       <c r="C21" t="s">
         <v>138</v>
       </c>
       <c r="D21" t="s">
         <v>139</v>
       </c>
       <c r="E21" t="s">
         <v>140</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>141</v>
       </c>
       <c r="H21" t="s">
         <v>142</v>
       </c>
       <c r="I21" t="s">
         <v>138</v>
       </c>
       <c r="J21" t="s">
-        <v>117</v>
+        <v>143</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
-        <v>40</v>
+        <v>117</v>
       </c>
       <c r="C22" t="s">
-        <v>41</v>
+        <v>144</v>
       </c>
       <c r="D22" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="E22" t="s">
+        <v>146</v>
+      </c>
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
+        <v>147</v>
+      </c>
+      <c r="H22" t="s">
+        <v>148</v>
+      </c>
+      <c r="I22" t="s">
         <v>144</v>
       </c>
-      <c r="F22" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="J22" t="s">
-        <v>32</v>
+        <v>123</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>147</v>
+        <v>46</v>
       </c>
       <c r="C23" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="D23" t="s">
         <v>149</v>
       </c>
       <c r="E23" t="s">
         <v>150</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>151</v>
       </c>
       <c r="H23" t="s">
         <v>152</v>
       </c>
       <c r="I23" t="s">
-        <v>148</v>
+        <v>47</v>
       </c>
       <c r="J23" t="s">
-        <v>153</v>
+        <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
+        <v>153</v>
+      </c>
+      <c r="C24" t="s">
         <v>154</v>
       </c>
-      <c r="C24" t="s">
+      <c r="D24" t="s">
         <v>155</v>
       </c>
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>156</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
         <v>157</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>158</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
+        <v>154</v>
+      </c>
+      <c r="J24" t="s">
         <v>159</v>
-      </c>
-[...4 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>52</v>
+        <v>160</v>
       </c>
       <c r="C25" t="s">
-        <v>12</v>
+        <v>161</v>
       </c>
       <c r="D25" t="s">
+        <v>162</v>
+      </c>
+      <c r="E25" t="s">
+        <v>163</v>
+      </c>
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
+        <v>164</v>
+      </c>
+      <c r="H25" t="s">
+        <v>165</v>
+      </c>
+      <c r="I25" t="s">
         <v>161</v>
       </c>
-      <c r="E25" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="J25" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
-        <v>166</v>
+        <v>58</v>
       </c>
       <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
         <v>167</v>
       </c>
-      <c r="D26" t="s">
+      <c r="E26" t="s">
         <v>168</v>
       </c>
-      <c r="E26" t="s">
+      <c r="F26" t="s">
+        <v>12</v>
+      </c>
+      <c r="G26" t="s">
         <v>169</v>
       </c>
-      <c r="F26" t="s">
-[...2 lines deleted...]
-      <c r="G26" t="s">
+      <c r="H26" t="s">
         <v>170</v>
       </c>
-      <c r="H26" t="s">
+      <c r="I26" t="s">
+        <v>12</v>
+      </c>
+      <c r="J26" t="s">
         <v>171</v>
-      </c>
-[...4 lines deleted...]
-        <v>172</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
+        <v>172</v>
+      </c>
+      <c r="C27" t="s">
         <v>173</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D27" t="s">
         <v>174</v>
       </c>
       <c r="E27" t="s">
         <v>175</v>
       </c>
       <c r="F27" t="s">
         <v>12</v>
       </c>
       <c r="G27" t="s">
         <v>176</v>
       </c>
       <c r="H27" t="s">
         <v>177</v>
       </c>
       <c r="I27" t="s">
-        <v>12</v>
+        <v>173</v>
       </c>
       <c r="J27" t="s">
-        <v>137</v>
+        <v>178</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>179</v>
+      </c>
+      <c r="C28" t="s">
+        <v>12</v>
+      </c>
+      <c r="D28" t="s">
+        <v>180</v>
+      </c>
+      <c r="E28" t="s">
+        <v>181</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>182</v>
+      </c>
+      <c r="H28" t="s">
+        <v>183</v>
+      </c>
+      <c r="I28" t="s">
+        <v>12</v>
+      </c>
+      <c r="J28" t="s">
+        <v>143</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>