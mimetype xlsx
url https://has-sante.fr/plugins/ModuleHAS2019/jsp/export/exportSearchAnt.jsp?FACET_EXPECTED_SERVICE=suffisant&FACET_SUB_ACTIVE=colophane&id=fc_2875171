--- v0 (2025-10-21)
+++ v1 (2026-01-19)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>EAKIN CONTOUR FLANGE EXTENDERS</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>27/04/2021 00:00:00</t>
   </si>
   <si>
-    <t>10/06/2021 17:08:09</t>
+    <t>10/06/2021 10:17:50</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3267511/fr/eakin-contour-flange-extenders</t>
   </si>
   <si>
     <t>p_3267511</t>
   </si>
   <si>
     <t>Renfort périphérique pour stomie</t>
   </si>
   <si>
     <t>EAKIN  FRANCE SAS</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>