--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,129 +35,129 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Article HAS</t>
+    <t>Web page</t>
+  </si>
+  <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
+    <t>03/06/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
   <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
+    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
   </si>
   <si>
-    <t>The certification of hospitals for quality of care</t>
-[...13 lines deleted...]
-  <si>
     <t>Innovation Pass</t>
   </si>
   <si>
-    <t>07/06/2018 08:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2854321/fr/innovation-pass</t>
+    <t>06/07/2018 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854321/en/innovation-pass</t>
   </si>
   <si>
     <t>c_2854321</t>
   </si>
   <si>
     <t>Methods and criteria for assessing medical devices</t>
   </si>
   <si>
-    <t>27/11/2015 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035654/fr/methods-and-criteria-for-assessing-medical-devices</t>
+    <t>11/27/2015 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035654/en/methods-and-criteria-for-assessing-medical-devices</t>
   </si>
   <si>
     <t>c_2035654</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -239,103 +239,103 @@
       </c>
       <c r="F2" t="s">
         <v>11</v>
       </c>
       <c r="G2" t="s">
         <v>13</v>
       </c>
       <c r="H2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>15</v>
       </c>
       <c r="C3" t="s">
         <v>16</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F3" t="s">
         <v>11</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="F4" t="s">
         <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="H4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F5" t="s">
         <v>11</v>
       </c>
       <c r="G5" t="s">
         <v>26</v>
       </c>
       <c r="H5" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>28</v>
       </c>
       <c r="C6" t="s">
         <v>11</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">