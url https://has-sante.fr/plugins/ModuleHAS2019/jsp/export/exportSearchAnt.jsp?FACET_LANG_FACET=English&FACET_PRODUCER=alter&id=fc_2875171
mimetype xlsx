--- v1 (2025-12-03)
+++ v2 (2026-01-19)
@@ -35,129 +35,129 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>The certification of hospitals for quality of care</t>
   </si>
   <si>
     <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/22/2021 10:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+    <t>22/06/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/fr/the-certification-of-hospitals-for-quality-of-care</t>
   </si>
   <si>
     <t>c_2044304</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
   <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
+    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
   </si>
   <si>
     <t>Innovation Pass</t>
   </si>
   <si>
-    <t>06/07/2018 08:26:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2854321/en/innovation-pass</t>
+    <t>07/06/2018 08:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2854321/fr/innovation-pass</t>
   </si>
   <si>
     <t>c_2854321</t>
   </si>
   <si>
     <t>Methods and criteria for assessing medical devices</t>
   </si>
   <si>
-    <t>11/27/2015 16:46:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2035654/en/methods-and-criteria-for-assessing-medical-devices</t>
+    <t>27/11/2015 16:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035654/fr/methods-and-criteria-for-assessing-medical-devices</t>
   </si>
   <si>
     <t>c_2035654</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>