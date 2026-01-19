--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>Economic and Public Health Evaluation Committee</t>
   </si>
   <si>
     <t>The Economic and Public Health Committee (Commission d’évaluation économique et de santé publique, CEESP) issues public health recommendations and technology appraisals based on clinical and economic evidence as well as on other domains (e.g. ethics, organisation). Technology is inclusive of medicinal products and devices, diagnostic and therapeutic techniques, systems of care, screening tools, etc. The committee also reviews single technology assessments from manufacturers and issues opinions on their efficiency, referred to as “efficiency opinion” in HAS publications. The CESSP can be commissioned by an external institution or by the College of HAS. It works in collaboration with other HAS committees.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2036304/en/economic-and-public-health-evaluation-committee</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2036304/fr/economic-and-public-health-evaluation-committee</t>
   </si>
   <si>
     <t>c_2036304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>