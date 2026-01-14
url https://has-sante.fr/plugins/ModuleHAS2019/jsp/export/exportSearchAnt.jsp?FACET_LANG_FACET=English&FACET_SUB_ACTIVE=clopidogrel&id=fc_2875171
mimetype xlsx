--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>Healthcare Quality and Safety Indicators</t>
   </si>
   <si>
     <t>HAS works in conjunction with health professionals, users of the healthcare system and patients to develop health care quality and safety indicators (QSI). The indicators assess the process or the outcome of care. They are set up to be used by healthcare organisations as quality improvement tools.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/07/2019 15:11:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044563/en/healthcare-quality-and-safety-indicators</t>
+    <t>07/02/2019 15:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044563/fr/healthcare-quality-and-safety-indicators</t>
   </si>
   <si>
     <t>c_2044563</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>