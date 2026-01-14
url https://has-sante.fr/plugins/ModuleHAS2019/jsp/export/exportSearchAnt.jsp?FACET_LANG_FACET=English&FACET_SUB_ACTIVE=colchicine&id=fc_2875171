--- v0 (2025-11-30)
+++ v1 (2026-01-14)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>The certification of hospitals for quality of care</t>
   </si>
   <si>
     <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>06/22/2021 10:16:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+    <t>22/06/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/fr/the-certification-of-hospitals-for-quality-of-care</t>
   </si>
   <si>
     <t>c_2044304</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>