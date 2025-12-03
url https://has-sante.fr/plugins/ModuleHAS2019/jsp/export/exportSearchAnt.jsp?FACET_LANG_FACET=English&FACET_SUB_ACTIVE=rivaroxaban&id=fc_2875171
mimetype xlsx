--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,78 +35,78 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
   </si>
   <si>
     <t>National Committee for the Evaluation of Medical Devices and Health Technologies (CNEDiMTS*)</t>
   </si>
   <si>
     <t>The National Committee for the Evaluation of Medical Devices and Health Technologies (Commission nationale d’évaluation des dispositifs médicaux et des technologies de santé, CNEDiMTS) examines questions relating to the evaluation of certain medical devices, medical procedures and other health technologies, with a view to their reimbursement by the health insurance scheme, and to their proper use.</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2036238/en/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
+    <t>https://www.has-sante.fr/jcms/c_2036238/fr/national-committee-for-the-evaluation-of-medical-devices-and-health-technologies-cnedimts</t>
   </si>
   <si>
     <t>c_2036238</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>