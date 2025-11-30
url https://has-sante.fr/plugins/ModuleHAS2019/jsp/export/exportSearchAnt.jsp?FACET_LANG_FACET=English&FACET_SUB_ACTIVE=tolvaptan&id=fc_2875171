--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -35,66 +35,66 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Web page</t>
+    <t>Article HAS</t>
   </si>
   <si>
     <t>Transparency Committee</t>
   </si>
   <si>
     <t>The Transparency Committee (CT – Commission de la Transparence) is a scientific body made up of doctors, pharmacists and specialists in methodology and epidemiology. It evaluates drugs that have been granted marketing authorization, when the laboratory marketing them wishes to obtain their inclusion on the list of reimbursable drugs. Its tasks include : Assesses medicinal products with Marketing Authorisation Provides recommendations for medicinal products Contributes to the proper use of medicinal products</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/06/2024 09:59:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1729421/en/transparency-committee</t>
+    <t>06/03/2024 09:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1729421/fr/transparency-committee</t>
   </si>
   <si>
     <t>c_1729421</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>