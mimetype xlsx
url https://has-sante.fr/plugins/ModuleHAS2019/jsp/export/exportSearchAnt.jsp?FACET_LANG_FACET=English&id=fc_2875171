--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -161,50 +161,65 @@
   <si>
     <t>???</t>
   </si>
   <si>
     <t>Tool to improve professional practice</t>
   </si>
   <si>
     <t>Fixation bias in healthcare. How to see the light at the end of the tunnel ?</t>
   </si>
   <si>
     <t>Fixation is defined as being any situation in which a healthcare professional’s attention is so highly focused on a specific goal that he or she fails to notice warning signs that should normally prompt a change in approach or even the stoppage of the procedure before an adverse event can occur. This patient safety solution proposes a list of solutions to limit the occurrence and consequences of fixation.</t>
   </si>
   <si>
     <t>08/28/2023 11:17:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3457735/en/fixation-bias-in-healthcare-how-to-see-the-light-at-the-end-of-the-tunnel</t>
   </si>
   <si>
     <t>p_3457735</t>
   </si>
   <si>
     <t>Web page</t>
   </si>
   <si>
+    <t>The certification of hospitals for quality of care</t>
+  </si>
+  <si>
+    <t>Certification is a compulsory independent assessment procedure for the quality and safety of care in public and private hospitals. It is conducted every 4 years by professionals (peers) appointed by the HAS (surveyors).</t>
+  </si>
+  <si>
+    <t>06/22/2021 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2044304/en/the-certification-of-hospitals-for-quality-of-care</t>
+  </si>
+  <si>
+    <t>c_2044304</t>
+  </si>
+  <si>
     <t>Good healthcare simulation practices: recent work in France</t>
   </si>
   <si>
     <t>Healthcare simulation is a key teaching method for healthcare professionals, aimed at improving training, professional practices, and risk management.</t>
   </si>
   <si>
     <t>01/22/2025 08:41:30</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3579176/en/good-healthcare-simulation-practices-recent-work-in-france</t>
   </si>
   <si>
     <t>p_3579176</t>
   </si>
   <si>
     <t>Patient Safety</t>
   </si>
   <si>
     <t>Improving patient safety in hospital and health systems remains a global public health concern and an essential component of health care quality. It necessitates a comprehensive approach that involves shared principles and values in the promotion and implementation of a positive safety culture, an effective risk management program, and high-quality teamwork to reduce medical errors and prevent their occurrences.</t>
   </si>
   <si>
     <t>01/21/2025 16:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2042652/en/patient-safety</t>
@@ -324,65 +339,50 @@
     <t>The HAS put into place a voluntary-based physician practice accreditation programme. Serving as a risk management instrument, this HAS measure builds on programmes developed by approved accreditation bodies.</t>
   </si>
   <si>
     <t>03/31/2020 10:02:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2042654/en/accreditation-of-physicians-and-medical-teams</t>
   </si>
   <si>
     <t>c_2042654</t>
   </si>
   <si>
     <t>Quality of care as perceived by patients – PROMs and PREMs indicators</t>
   </si>
   <si>
     <t>Three types of measures are used to assess quality of care as perceived by patients, using different tools: Patient-Reported Outcome Measures (PROMs) for care outcomes, Patient-Reported Experience Measures (PREMs) for the care experience and patient satisfaction questionnaires to assess meeting of their expectations. Based on research published in the literature and numerous illustrations, this report describes the theoretical foundations and methodological approaches, accompanied by practical cases, as well as the challenges relative to quality of care that could be met by proficiency in the use of these solutions. In particular, the aim is to improve communication between patients and professionals, personalise care and more effectively monitor patients' health.</t>
   </si>
   <si>
     <t>03/15/2022 12:46:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3324079/en/quality-of-care-as-perceived-by-patients-proms-and-prems-indicators</t>
   </si>
   <si>
     <t>p_3324079</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2044304</t>
   </si>
   <si>
     <t>A national PSI 12 in orthopaedic surgery: validity three years after in-hospital release and perspectives for further use</t>
   </si>
   <si>
     <t>Improving care quality, patient safety and outcomes in total hip (THA) and total knee (TKA) arthroplasty: a shared objective between healthcare organisations (HCOs), healthcare professionals and patients. Patient safety indicator (PSIs) are measured in many countries. Since December 2016, a modified PSI 12 was released 3 consecutive years by the French national authority for health (HAS) to 740 HCOs. It measures in-hospital coded thromboembolic events (TEE, being either deep vein thrombosis- DVT or pulmonary embolism–PE) in adult patients undergoing THA or TKA.</t>
   </si>
   <si>
     <t>11/04/2019 11:34:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3242159/en/a-national-psi-12-in-orthopaedic-surgery-validity-three-years-after-in-hospital-release-and-perspectives-for-further-use</t>
   </si>
   <si>
     <t>p_3242159</t>
   </si>
   <si>
     <t>Assessment of medicinal products</t>
   </si>
   <si>
     <t>HAS is responsible for providing recommendations, largely with regards to reimbursement of medicines; the latter falling within the jurisdiction of the HAS Transparency Committee (TC).</t>
   </si>
   <si>
     <t>01/28/2021 16:07:00</t>
   </si>
@@ -1159,181 +1159,181 @@
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
         <v>64</v>
       </c>
       <c r="H5" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="H7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C9" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="H9" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>45</v>
       </c>
       <c r="B10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>63</v>
+        <v>68</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="H10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>45</v>
       </c>
       <c r="B11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>88</v>
+        <v>68</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>89</v>
       </c>
       <c r="H11" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>45</v>
       </c>
       <c r="B12" t="s">
         <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>92</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">