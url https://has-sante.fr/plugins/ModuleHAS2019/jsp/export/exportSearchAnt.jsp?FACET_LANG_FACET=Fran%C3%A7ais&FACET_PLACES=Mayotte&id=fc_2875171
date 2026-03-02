--- v0 (2026-01-15)
+++ v1 (2026-03-02)
@@ -131,51 +131,51 @@
   <si>
     <t>MAMOUDZOU</t>
   </si>
   <si>
     <t>980500763</t>
   </si>
   <si>
     <t>Docteur Claude TALLINEAU</t>
   </si>
   <si>
     <t>08/11/2016 11:30:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2708553/fr/docteur-claude-tallineau</t>
   </si>
   <si>
     <t>c_2708553</t>
   </si>
   <si>
     <t>TALLINEAU</t>
   </si>
   <si>
     <t>Claude</t>
   </si>
   <si>
-    <t>25 November 2021</t>
+    <t>18 December 2025</t>
   </si>
   <si>
     <t>CHM</t>
   </si>
   <si>
     <t>980500011</t>
   </si>
   <si>
     <t>Adresse</t>
   </si>
   <si>
     <t>Adresse 2</t>
   </si>
   <si>
     <t>Commune</t>
   </si>
   <si>
     <t>Département</t>
   </si>
   <si>
     <t>Statut juridique</t>
   </si>
   <si>
     <t>Type de public</t>
   </si>