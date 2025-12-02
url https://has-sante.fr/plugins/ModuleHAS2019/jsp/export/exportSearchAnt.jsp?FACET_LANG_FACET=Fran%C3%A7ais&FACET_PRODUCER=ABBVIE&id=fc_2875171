--- v0 (2025-10-17)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="306" uniqueCount="217">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="218">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -80,50 +80,110 @@
   <si>
     <t>04/12/2023 14:36:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477467/fr/xen</t>
   </si>
   <si>
     <t>p_3477467</t>
   </si>
   <si>
     <t>Système de drainage de l’humeur aqueuse</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>RINVOQ (upadacitinib)</t>
+  </si>
+  <si>
+    <t>01/12/2025 08:40:48</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>p_3182936</t>
+  </si>
+  <si>
+    <t>upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266947/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3271030/fr/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302051/fr/rinvoq-upadacitinib-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3313562/fr/rinvoq-upadacitinib-hemihydrate-dermatite-atopique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392764/fr/rinvoq-upadacitinib-hemihydrate-spondyloarthrite-axiale-non-radiographique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403971/fr/rinvoq-upadacitinib-hemihydrate-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3479047/fr/rinvoq-upadacitinib-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482870/fr/rinvoq-upadacitinib-dermatite-atopique-da</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482852/fr/rinvoq-upadacitinib-polyarthrite-rhumatoide-pr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482861/fr/rinvoq-upadacitinib-rectocolite-hemorragique-rch</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3482858/fr/rinvoq-upadacitinib-rhumatisme-psoriasique-rp</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486205/fr/rinvoq-upadacitinib-spondyloarthrite-axiale-non-radiographique-spaxnr</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3486203/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3770750/fr/rinvoq-upadacitinib-arterite-a-cellules-geantes-chez-l-adulte</t>
+  </si>
+  <si>
     <t>TEPKINLY (epcoritamab)</t>
   </si>
   <si>
     <t>04/08/2025 12:31:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453145/fr/tepkinly-epcoritamab</t>
   </si>
   <si>
     <t>p_3453145</t>
   </si>
   <si>
     <t>epcoritamab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453127/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3536145/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3501630/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639719/fr/tepkinly-epcoritamab-lymphome-diffus-a-grande-cellule-b</t>
@@ -375,107 +435,50 @@
     <t>https://www.has-sante.fr/jcms/c_399919/fr/botox-100-unites-allergan-poudre-pour-solution-injectable-flacon-de-poudre-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_443245/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_916585/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1281708/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1782527/fr/botox-toxine-botulinique-a-myorelaxant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2967154/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3098271/fr/botox-toxine-botulinique-de-type-a</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3303898/fr/botox-50-100-200-unites-allergan-toxine-botulinique-type-a-migraine-chronique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3487172/fr/botox-toxine-botulinique-type-a-blepharospasme-spasme-hemifacial-torticolis-spasmodique</t>
-  </si>
-[...55 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3486203/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante-sa</t>
   </si>
   <si>
     <t>AQUIPTA (atogépant)</t>
   </si>
   <si>
     <t>08/01/2024 11:56:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3487120/fr/aquipta-atogepant</t>
   </si>
   <si>
     <t>p_3487120</t>
   </si>
   <si>
     <t>atogépant</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3483609/fr/aquipta-atogepant-migraine</t>
   </si>
   <si>
     <t>VENCLYXTO (vénétoclax)</t>
   </si>
   <si>
     <t>21/06/2023 15:56:41</t>
   </si>
@@ -875,857 +878,860 @@
       </c>
       <c r="G2" t="s">
         <v>24</v>
       </c>
       <c r="H2" t="s">
         <v>25</v>
       </c>
       <c r="I2" t="s">
         <v>26</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>27</v>
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
+      <c r="O2" t="s">
+        <v>31</v>
+      </c>
+      <c r="P2" t="s">
+        <v>32</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>33</v>
+      </c>
+      <c r="R2" t="s">
+        <v>34</v>
+      </c>
+      <c r="S2" t="s">
+        <v>35</v>
+      </c>
+      <c r="T2" t="s">
+        <v>36</v>
+      </c>
+      <c r="U2" t="s">
+        <v>37</v>
+      </c>
+      <c r="V2" t="s">
+        <v>38</v>
+      </c>
+      <c r="W2" t="s">
+        <v>39</v>
+      </c>
+      <c r="X2" t="s">
+        <v>40</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>31</v>
+        <v>42</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>33</v>
+        <v>44</v>
       </c>
       <c r="H3" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="I3" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>36</v>
+        <v>47</v>
       </c>
       <c r="L3" t="s">
-        <v>37</v>
+        <v>48</v>
+      </c>
+      <c r="M3" t="s">
+        <v>49</v>
+      </c>
+      <c r="N3" t="s">
+        <v>50</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>40</v>
+        <v>53</v>
       </c>
       <c r="H4" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="I4" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="L4" t="s">
-        <v>44</v>
-[...11 lines deleted...]
-        <v>48</v>
+        <v>57</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>49</v>
+        <v>58</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>51</v>
+        <v>60</v>
       </c>
       <c r="H5" t="s">
-        <v>52</v>
+        <v>61</v>
       </c>
       <c r="I5" t="s">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="L5" t="s">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="M5" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="N5" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="O5" t="s">
-        <v>58</v>
+        <v>67</v>
       </c>
       <c r="P5" t="s">
-        <v>59</v>
-[...25 lines deleted...]
-      <c r="Y5" t="s">
         <v>68</v>
-      </c>
-[...52 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>88</v>
+        <v>70</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>89</v>
+        <v>71</v>
       </c>
       <c r="H6" t="s">
-        <v>90</v>
+        <v>72</v>
       </c>
       <c r="I6" t="s">
-        <v>91</v>
+        <v>73</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
+        <v>74</v>
+      </c>
+      <c r="L6" t="s">
+        <v>75</v>
+      </c>
+      <c r="M6" t="s">
+        <v>76</v>
+      </c>
+      <c r="N6" t="s">
+        <v>77</v>
+      </c>
+      <c r="O6" t="s">
+        <v>78</v>
+      </c>
+      <c r="P6" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>80</v>
+      </c>
+      <c r="R6" t="s">
+        <v>81</v>
+      </c>
+      <c r="S6" t="s">
+        <v>82</v>
+      </c>
+      <c r="T6" t="s">
+        <v>83</v>
+      </c>
+      <c r="U6" t="s">
+        <v>84</v>
+      </c>
+      <c r="V6" t="s">
+        <v>85</v>
+      </c>
+      <c r="W6" t="s">
+        <v>86</v>
+      </c>
+      <c r="X6" t="s">
+        <v>87</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>88</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>89</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>90</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>91</v>
+      </c>
+      <c r="AC6" t="s">
         <v>92</v>
       </c>
-      <c r="L6" t="s">
+      <c r="AD6" t="s">
         <v>93</v>
       </c>
-      <c r="M6" t="s">
+      <c r="AE6" t="s">
         <v>94</v>
       </c>
-      <c r="N6" t="s">
+      <c r="AF6" t="s">
         <v>95</v>
       </c>
-      <c r="O6" t="s">
+      <c r="AG6" t="s">
         <v>96</v>
       </c>
-      <c r="P6" t="s">
+      <c r="AH6" t="s">
         <v>97</v>
       </c>
-      <c r="Q6" t="s">
+      <c r="AI6" t="s">
         <v>98</v>
       </c>
-      <c r="R6" t="s">
+      <c r="AJ6" t="s">
         <v>99</v>
+      </c>
+      <c r="AK6" t="s">
+        <v>100</v>
+      </c>
+      <c r="AL6" t="s">
+        <v>101</v>
+      </c>
+      <c r="AM6" t="s">
+        <v>102</v>
+      </c>
+      <c r="AN6" t="s">
+        <v>103</v>
+      </c>
+      <c r="AO6" t="s">
+        <v>104</v>
+      </c>
+      <c r="AP6" t="s">
+        <v>105</v>
+      </c>
+      <c r="AQ6" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>100</v>
+        <v>107</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>101</v>
+        <v>108</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>102</v>
+        <v>109</v>
       </c>
       <c r="H7" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="I7" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>105</v>
+        <v>112</v>
+      </c>
+      <c r="L7" t="s">
+        <v>113</v>
+      </c>
+      <c r="M7" t="s">
+        <v>114</v>
+      </c>
+      <c r="N7" t="s">
+        <v>115</v>
+      </c>
+      <c r="O7" t="s">
+        <v>116</v>
+      </c>
+      <c r="P7" t="s">
+        <v>117</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>118</v>
+      </c>
+      <c r="R7" t="s">
+        <v>119</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>106</v>
+        <v>120</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>108</v>
+        <v>122</v>
       </c>
       <c r="H8" t="s">
-        <v>109</v>
+        <v>123</v>
       </c>
       <c r="I8" t="s">
-        <v>110</v>
+        <v>124</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>111</v>
-[...26 lines deleted...]
-        <v>120</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>122</v>
+        <v>127</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>123</v>
+        <v>128</v>
       </c>
       <c r="H9" t="s">
-        <v>124</v>
+        <v>129</v>
       </c>
       <c r="I9" t="s">
-        <v>125</v>
+        <v>130</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>126</v>
+        <v>131</v>
       </c>
       <c r="L9" t="s">
-        <v>127</v>
+        <v>132</v>
       </c>
       <c r="M9" t="s">
-        <v>128</v>
+        <v>133</v>
       </c>
       <c r="N9" t="s">
-        <v>129</v>
+        <v>134</v>
       </c>
       <c r="O9" t="s">
-        <v>130</v>
+        <v>135</v>
       </c>
       <c r="P9" t="s">
-        <v>131</v>
+        <v>136</v>
       </c>
       <c r="Q9" t="s">
-        <v>132</v>
+        <v>137</v>
       </c>
       <c r="R9" t="s">
-        <v>133</v>
+        <v>138</v>
       </c>
       <c r="S9" t="s">
-        <v>134</v>
+        <v>139</v>
       </c>
       <c r="T9" t="s">
-        <v>135</v>
-[...11 lines deleted...]
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H10" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="I10" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="H11" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="I11" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="L11" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="M11" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="N11" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="O11" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="P11" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="Q11" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="H12" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="I12" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="L12" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="M12" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="N12" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="O12" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="P12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="Q12" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="H13" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="I13" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="L13" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="M13" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="N13" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="O13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="P13" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="Q13" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="H14" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I14" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L14" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M14" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="N14" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="H15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="I15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="L15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="M15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="H16" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="I16" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="L16" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="M16" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="N16" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="O16" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="H17" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="I17" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="L17" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="M17" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>