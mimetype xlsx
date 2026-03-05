--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="218">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="219">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -80,50 +80,92 @@
   <si>
     <t>04/12/2023 14:36:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3477467/fr/xen</t>
   </si>
   <si>
     <t>p_3477467</t>
   </si>
   <si>
     <t>Système de drainage de l’humeur aqueuse</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>SKYRIZI (risankizumab)</t>
+  </si>
+  <si>
+    <t>23/01/2026 08:28:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117688/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>p_3117688</t>
+  </si>
+  <si>
+    <t>risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3117564/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273739/fr/skyrizi-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3280868/fr/skyrizi-75-mg-risankizumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3334262/fr/skyrizi-risankizumab-rhumatisme-psoriasique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363305/fr/skyrizi-risankizumab-psoriasis-en-plaques-de-l-adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426348/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3501627/fr/skyrizi-risankizumab-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539108/fr/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826273/fr/skyrizi-risankizumab-recto-colite-hemorragique-rch</t>
+  </si>
+  <si>
     <t>RINVOQ (upadacitinib)</t>
   </si>
   <si>
     <t>01/12/2025 08:40:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3182936/fr/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>p_3182936</t>
   </si>
   <si>
     <t>upadacitinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3181658/fr/rinvoq-upadacitinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3266947/fr/rinvoq-upadacitinib-spondylarthrite-ankylosante</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3271030/fr/rinvoq-upadacitinib-rhumatisme-psoriasique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3302051/fr/rinvoq-upadacitinib-dermatite-atopique</t>
@@ -333,89 +375,50 @@
     <t>https://www.has-sante.fr/jcms/c_2869247/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2862987/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3143614/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3244158/fr/humira-maladie-de-verneuil-adalimumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3270042/fr/humira-adalimumab-psoriasis</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3273456/fr/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3402381/fr/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3426145/fr/humira-adalimumab-psoriasis-en-plaques-chez-l-enfant-et-adolescent</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3539111/fr/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
-  </si>
-[...37 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539108/fr/skyrizi-risankizumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
   </si>
   <si>
     <t>SCYOVA (foslévodopa/foscarbidopa)</t>
   </si>
   <si>
     <t>02/02/2024 16:05:19</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3492781/fr/scyova-foslevodopa/foscarbidopa</t>
   </si>
   <si>
     <t>p_3492781</t>
   </si>
   <si>
     <t>foslévodopa,foscarbidopa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3492656/fr/scyova-foslevodopa/foscarbidopa-maladie-de-parkinson</t>
   </si>
   <si>
     <t>BOTOX (toxine botulinique de type A)</t>
   </si>
   <si>
     <t>10/01/2024 09:02:51</t>
   </si>
@@ -893,845 +896,848 @@
       </c>
       <c r="L2" t="s">
         <v>28</v>
       </c>
       <c r="M2" t="s">
         <v>29</v>
       </c>
       <c r="N2" t="s">
         <v>30</v>
       </c>
       <c r="O2" t="s">
         <v>31</v>
       </c>
       <c r="P2" t="s">
         <v>32</v>
       </c>
       <c r="Q2" t="s">
         <v>33</v>
       </c>
       <c r="R2" t="s">
         <v>34</v>
       </c>
       <c r="S2" t="s">
         <v>35</v>
       </c>
-      <c r="T2" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>21</v>
       </c>
       <c r="B3" t="s">
-        <v>42</v>
+        <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>43</v>
+        <v>37</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="H3" t="s">
-        <v>45</v>
+        <v>39</v>
       </c>
       <c r="I3" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
+        <v>41</v>
+      </c>
+      <c r="L3" t="s">
+        <v>42</v>
+      </c>
+      <c r="M3" t="s">
+        <v>43</v>
+      </c>
+      <c r="N3" t="s">
+        <v>44</v>
+      </c>
+      <c r="O3" t="s">
+        <v>45</v>
+      </c>
+      <c r="P3" t="s">
+        <v>46</v>
+      </c>
+      <c r="Q3" t="s">
         <v>47</v>
       </c>
-      <c r="L3" t="s">
+      <c r="R3" t="s">
         <v>48</v>
       </c>
-      <c r="M3" t="s">
+      <c r="S3" t="s">
         <v>49</v>
       </c>
-      <c r="N3" t="s">
+      <c r="T3" t="s">
         <v>50</v>
+      </c>
+      <c r="U3" t="s">
+        <v>51</v>
+      </c>
+      <c r="V3" t="s">
+        <v>52</v>
+      </c>
+      <c r="W3" t="s">
+        <v>53</v>
+      </c>
+      <c r="X3" t="s">
+        <v>54</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>52</v>
+        <v>57</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="H4" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="I4" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>56</v>
+        <v>61</v>
       </c>
       <c r="L4" t="s">
-        <v>57</v>
+        <v>62</v>
+      </c>
+      <c r="M4" t="s">
+        <v>63</v>
+      </c>
+      <c r="N4" t="s">
+        <v>64</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>21</v>
       </c>
       <c r="B5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="H5" t="s">
-        <v>61</v>
+        <v>68</v>
       </c>
       <c r="I5" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="L5" t="s">
-        <v>64</v>
-[...11 lines deleted...]
-        <v>68</v>
+        <v>71</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="H6" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I6" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="L6" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="M6" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="N6" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="O6" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="P6" t="s">
-        <v>79</v>
-[...7 lines deleted...]
-      <c r="S6" t="s">
         <v>82</v>
-      </c>
-[...70 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>21</v>
       </c>
       <c r="B7" t="s">
-        <v>107</v>
+        <v>83</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>108</v>
+        <v>84</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>109</v>
+        <v>85</v>
       </c>
       <c r="H7" t="s">
-        <v>110</v>
+        <v>86</v>
       </c>
       <c r="I7" t="s">
-        <v>111</v>
+        <v>87</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
+        <v>88</v>
+      </c>
+      <c r="L7" t="s">
+        <v>89</v>
+      </c>
+      <c r="M7" t="s">
+        <v>90</v>
+      </c>
+      <c r="N7" t="s">
+        <v>91</v>
+      </c>
+      <c r="O7" t="s">
+        <v>92</v>
+      </c>
+      <c r="P7" t="s">
+        <v>93</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>94</v>
+      </c>
+      <c r="R7" t="s">
+        <v>95</v>
+      </c>
+      <c r="S7" t="s">
+        <v>96</v>
+      </c>
+      <c r="T7" t="s">
+        <v>97</v>
+      </c>
+      <c r="U7" t="s">
+        <v>98</v>
+      </c>
+      <c r="V7" t="s">
+        <v>99</v>
+      </c>
+      <c r="W7" t="s">
+        <v>100</v>
+      </c>
+      <c r="X7" t="s">
+        <v>101</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>102</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>103</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>104</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>105</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>106</v>
+      </c>
+      <c r="AD7" t="s">
+        <v>107</v>
+      </c>
+      <c r="AE7" t="s">
+        <v>108</v>
+      </c>
+      <c r="AF7" t="s">
+        <v>109</v>
+      </c>
+      <c r="AG7" t="s">
+        <v>110</v>
+      </c>
+      <c r="AH7" t="s">
+        <v>111</v>
+      </c>
+      <c r="AI7" t="s">
         <v>112</v>
       </c>
-      <c r="L7" t="s">
+      <c r="AJ7" t="s">
         <v>113</v>
       </c>
-      <c r="M7" t="s">
+      <c r="AK7" t="s">
         <v>114</v>
       </c>
-      <c r="N7" t="s">
+      <c r="AL7" t="s">
         <v>115</v>
       </c>
-      <c r="O7" t="s">
+      <c r="AM7" t="s">
         <v>116</v>
       </c>
-      <c r="P7" t="s">
+      <c r="AN7" t="s">
         <v>117</v>
       </c>
-      <c r="Q7" t="s">
+      <c r="AO7" t="s">
         <v>118</v>
       </c>
-      <c r="R7" t="s">
+      <c r="AP7" t="s">
         <v>119</v>
+      </c>
+      <c r="AQ7" t="s">
+        <v>120</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>21</v>
       </c>
       <c r="B8" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="H8" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="I8" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>21</v>
       </c>
       <c r="B9" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="H9" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="I9" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L9" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="M9" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="N9" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="O9" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="P9" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="Q9" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="R9" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="S9" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="T9" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>21</v>
       </c>
       <c r="B10" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H10" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I10" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>21</v>
       </c>
       <c r="B11" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="H11" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="I11" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="L11" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="M11" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="N11" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="O11" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="P11" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="Q11" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>21</v>
       </c>
       <c r="B12" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C12" t="s">
         <v>12</v>
       </c>
       <c r="D12" t="s">
         <v>12</v>
       </c>
       <c r="E12" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="F12" t="s">
         <v>12</v>
       </c>
       <c r="G12" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="H12" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="I12" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L12" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="M12" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="N12" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="O12" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="P12" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="Q12" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>21</v>
       </c>
       <c r="B13" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C13" t="s">
         <v>12</v>
       </c>
       <c r="D13" t="s">
         <v>12</v>
       </c>
       <c r="E13" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="H13" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="I13" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="L13" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="M13" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="N13" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="O13" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="P13" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="Q13" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>21</v>
       </c>
       <c r="B14" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C14" t="s">
         <v>12</v>
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="H14" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="I14" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="L14" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="M14" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="N14" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>21</v>
       </c>
       <c r="B15" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C15" t="s">
         <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>12</v>
       </c>
       <c r="E15" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="H15" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="I15" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
       <c r="K15" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="L15" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="M15" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>21</v>
       </c>
       <c r="B16" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
         <v>12</v>
       </c>
       <c r="E16" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H16" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I16" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
       <c r="K16" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="L16" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="M16" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="N16" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="O16" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>21</v>
       </c>
       <c r="B17" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>12</v>
       </c>
       <c r="E17" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="H17" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="I17" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
       <c r="K17" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="L17" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="M17" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>