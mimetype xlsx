--- v0 (2025-10-19)
+++ v1 (2026-01-15)
@@ -9,110 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>TEPEZZA (téprotumumab)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/02/2025 08:36:34</t>
+    <t>10/12/2025 16:26:47</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592975/fr/tepezza-teprotumumab</t>
   </si>
   <si>
     <t>p_3592975</t>
   </si>
   <si>
     <t>téprotumumab</t>
   </si>
   <si>
     <t>AMGEN SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785356/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
   </si>
   <si>
     <t>LUMYKRAS (sotorasib)</t>
   </si>
   <si>
     <t>26/10/2023 11:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337508/fr/lumykras-sotorasib</t>
   </si>
   <si>
     <t>p_3337508</t>
   </si>
   <si>
     <t>sotorasib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337488/fr/lumykras-sotorasib-cancer-du-poumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3345842/fr/lumykras-sotorasib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3450915/fr/lumykras-sotorasib-cancer-du-poumon</t>
   </si>
@@ -221,100 +224,103 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
+      <c r="L2" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L3" t="s">
+        <v>27</v>
+      </c>
+      <c r="M3" t="s">
+        <v>27</v>
+      </c>
+      <c r="N3" t="s">
+        <v>28</v>
+      </c>
+      <c r="O3" t="s">
+        <v>29</v>
+      </c>
+      <c r="P3" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q3" t="s">
         <v>26</v>
       </c>
-      <c r="M3" t="s">
-[...5 lines deleted...]
-      <c r="O3" t="s">
+      <c r="R3" t="s">
         <v>28</v>
-      </c>
-[...7 lines deleted...]
-        <v>27</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>