--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -9,113 +9,116 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="41" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="31">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>TEPEZZA (téprotumumab)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/12/2025 16:26:47</t>
+    <t>12/02/2026 15:41:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592975/fr/tepezza-teprotumumab</t>
   </si>
   <si>
     <t>p_3592975</t>
   </si>
   <si>
     <t>téprotumumab</t>
   </si>
   <si>
     <t>AMGEN SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3592956/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3785356/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859380/fr/tepezza-teprotumumab-ophtalmopathie-basedowienne</t>
   </si>
   <si>
     <t>LUMYKRAS (sotorasib)</t>
   </si>
   <si>
     <t>26/10/2023 11:39:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337508/fr/lumykras-sotorasib</t>
   </si>
   <si>
     <t>p_3337508</t>
   </si>
   <si>
     <t>sotorasib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3337488/fr/lumykras-sotorasib-cancer-du-poumon</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3345842/fr/lumykras-sotorasib-cancer-bronchique-non-a-petites-cellules-cbnpc</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3450915/fr/lumykras-sotorasib-cancer-du-poumon</t>
   </si>
@@ -227,100 +230,103 @@
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
+      <c r="M2" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="I3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="L3" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" t="s">
+        <v>28</v>
+      </c>
+      <c r="N3" t="s">
+        <v>29</v>
+      </c>
+      <c r="O3" t="s">
+        <v>30</v>
+      </c>
+      <c r="P3" t="s">
+        <v>29</v>
+      </c>
+      <c r="Q3" t="s">
         <v>27</v>
       </c>
-      <c r="M3" t="s">
-[...5 lines deleted...]
-      <c r="O3" t="s">
+      <c r="R3" t="s">
         <v>29</v>
-      </c>
-[...7 lines deleted...]
-        <v>28</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>