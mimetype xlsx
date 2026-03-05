--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -89,51 +89,51 @@
   <si>
     <t>BARD FRANCE SAS</t>
   </si>
   <si>
     <t>LUTONIX 035 (modèle 9004)</t>
   </si>
   <si>
     <t>25/09/2018 00:00:00</t>
   </si>
   <si>
     <t>09/11/2018 17:06:46</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2882123/fr/lutonix-035-modele-9004</t>
   </si>
   <si>
     <t>c_2882123</t>
   </si>
   <si>
     <t>ballonnet à élution de paclitaxel</t>
   </si>
   <si>
     <t>29/05/2018 00:00:00</t>
   </si>
   <si>
-    <t>08/06/2018 16:37:00</t>
+    <t>08/06/2018 16:37:48</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2853360/fr/lutonix-035-modele-9004</t>
   </si>
   <si>
     <t>c_2853360</t>
   </si>
   <si>
     <t>ballon à élution de paclitaxel</t>
   </si>
   <si>
     <t>LUTONIX 035</t>
   </si>
   <si>
     <t>24/10/2017 00:00:00</t>
   </si>
   <si>
     <t>13/11/2017 11:04:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2801231/fr/lutonix-035</t>
   </si>
   <si>
     <t>c_2801231</t>
   </si>