--- v0 (2025-12-02)
+++ v1 (2026-03-05)
@@ -68,51 +68,51 @@
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>INTRATECT (immunoglobuline humaine normale)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>09/09/2024 16:46:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3376924/fr/intratect-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>p_3376924</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale</t>
   </si>
   <si>
     <t>BIOTEST PHARMA GMBH</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3376531/fr/intratect-immunoglobuline-humaine-normale</t>
+    <t>https://www.has-sante.fr/jcms/p_3376531/fr/intratect-immunoglobuline-humaine-normale-deficits-immunitaires-et-immunomodulation</t>
   </si>
   <si>
     <t>ALBUMINE HUMAINE BIOTEST (albumine humaine)</t>
   </si>
   <si>
     <t>27/07/2023 10:25:58</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3455652/fr/albumine-humaine-biotest-albumine-humaine</t>
   </si>
   <si>
     <t>p_3455652</t>
   </si>
   <si>
     <t>albumine humaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3454343/fr/albumine-humaine-biotest-albumine-humaine-hypovolemie</t>
   </si>
   <si>
     <t>TECTASIM (immunoglobuline humaine normale (plasmatique))</t>
   </si>
   <si>
     <t>12/03/2015 11:18:00</t>
   </si>