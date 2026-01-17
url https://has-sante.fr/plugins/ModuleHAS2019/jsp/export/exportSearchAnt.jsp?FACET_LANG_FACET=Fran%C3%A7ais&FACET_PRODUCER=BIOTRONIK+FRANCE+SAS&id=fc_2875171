--- v0 (2025-10-18)
+++ v1 (2026-01-17)
@@ -9,109 +9,127 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="510" uniqueCount="262">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>BIOMONITOR III</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>24/10/2025 10:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690325/fr/biomonitor-iii</t>
+  </si>
+  <si>
+    <t>p_3690325</t>
+  </si>
+  <si>
+    <t>Moniteur cardiaque implantable</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
     <t>ORSIRO</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>20/05/2025 00:00:00</t>
   </si>
   <si>
     <t>18/08/2025 11:35:37</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635794/fr/orsiro</t>
   </si>
   <si>
     <t>p_3635794</t>
   </si>
   <si>
     <t>Endoprothèse coronaire (stent) enrobée de sirolimus (produit actif pharmacologiquement)</t>
   </si>
   <si>
-    <t>BIOTRONIK FRANCE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>PK PAPYRUS</t>
   </si>
   <si>
     <t>19/12/2023 00:00:00</t>
   </si>
   <si>
     <t>11/01/2024 15:42:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3486042/fr/pk-papyrus</t>
   </si>
   <si>
     <t>p_3486042</t>
   </si>
   <si>
     <t>Endoprothèse coronaire (stent) couverte de polyuréthane</t>
   </si>
   <si>
     <t>AMVIA SKY SR-T</t>
   </si>
   <si>
     <t>07/11/2023 00:00:00</t>
   </si>
   <si>
     <t>17/11/2023 16:23:37</t>
@@ -327,53 +345,50 @@
     <t>ORSIRO MISSION</t>
   </si>
   <si>
     <t>16/06/2020 00:00:00</t>
   </si>
   <si>
     <t>16/07/2020 16:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3193726/fr/orsiro-mission</t>
   </si>
   <si>
     <t>p_3193726</t>
   </si>
   <si>
     <t>Endoprothèse coronaire à libération de principe actif</t>
   </si>
   <si>
     <t>16/07/2020 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
   </si>
   <si>
     <t>p_3193740</t>
-  </si>
-[...1 lines deleted...]
-    <t>BIOMONITOR III</t>
   </si>
   <si>
     <t>25/02/2020 00:00:00</t>
   </si>
   <si>
     <t>30/03/2020 08:26:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3165697/fr/biomonitor-iii</t>
   </si>
   <si>
     <t>p_3165697</t>
   </si>
   <si>
     <t>BIOMONITOR 2-AF</t>
   </si>
   <si>
     <t>02/07/2019 00:00:00</t>
   </si>
   <si>
     <t>06/09/2019 16:46:42</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3101054/fr/biomonitor-2-af</t>
   </si>
@@ -830,51 +845,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J50"/>
+  <dimension ref="A1:J51"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1007,1472 +1022,1504 @@
       </c>
       <c r="G5" t="s">
         <v>34</v>
       </c>
       <c r="H5" t="s">
         <v>35</v>
       </c>
       <c r="I5" t="s">
         <v>36</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
         <v>37</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="E6" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="H6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I6" t="s">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
-        <v>41</v>
+        <v>38</v>
       </c>
       <c r="E7" t="s">
+        <v>39</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I7" t="s">
         <v>42</v>
-      </c>
-[...10 lines deleted...]
-        <v>45</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="E8" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="H8" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="I8" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="E9" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
         <v>53</v>
       </c>
       <c r="H9" t="s">
         <v>54</v>
       </c>
       <c r="I9" t="s">
         <v>55</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
         <v>56</v>
       </c>
       <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
         <v>57</v>
       </c>
-      <c r="D10" t="s">
+      <c r="E10" t="s">
         <v>58</v>
       </c>
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
         <v>59</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>60</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
+        <v>62</v>
+      </c>
+      <c r="C11" t="s">
         <v>63</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>64</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" t="s">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H11" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I11" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C12" t="s">
-        <v>12</v>
+        <v>70</v>
       </c>
       <c r="D12" t="s">
+        <v>64</v>
+      </c>
+      <c r="E12" t="s">
+        <v>65</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>71</v>
+      </c>
+      <c r="H12" t="s">
+        <v>72</v>
+      </c>
+      <c r="I12" t="s">
         <v>68</v>
-      </c>
-[...13 lines deleted...]
-        <v>72</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="s">
+        <v>12</v>
+      </c>
+      <c r="D13" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
       <c r="E13" t="s">
         <v>75</v>
       </c>
       <c r="F13" t="s">
         <v>12</v>
       </c>
       <c r="G13" t="s">
         <v>76</v>
       </c>
       <c r="H13" t="s">
         <v>77</v>
       </c>
       <c r="I13" t="s">
         <v>78</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
         <v>79</v>
       </c>
       <c r="C14" t="s">
         <v>80</v>
       </c>
       <c r="D14" t="s">
+        <v>74</v>
+      </c>
+      <c r="E14" t="s">
         <v>81</v>
       </c>
-      <c r="E14" t="s">
+      <c r="F14" t="s">
+        <v>12</v>
+      </c>
+      <c r="G14" t="s">
         <v>82</v>
       </c>
-      <c r="F14" t="s">
-[...2 lines deleted...]
-      <c r="G14" t="s">
+      <c r="H14" t="s">
         <v>83</v>
       </c>
-      <c r="H14" t="s">
+      <c r="I14" t="s">
         <v>84</v>
-      </c>
-[...1 lines deleted...]
-        <v>85</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
+        <v>85</v>
+      </c>
+      <c r="C15" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>12</v>
       </c>
       <c r="D15" t="s">
         <v>87</v>
       </c>
       <c r="E15" t="s">
         <v>88</v>
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>89</v>
       </c>
       <c r="H15" t="s">
         <v>90</v>
       </c>
       <c r="I15" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C16" t="s">
         <v>12</v>
       </c>
       <c r="D16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="E16" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H16" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I16" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
         <v>97</v>
       </c>
       <c r="C17" t="s">
         <v>12</v>
       </c>
       <c r="D17" t="s">
         <v>98</v>
       </c>
       <c r="E17" t="s">
         <v>99</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
         <v>100</v>
       </c>
       <c r="H17" t="s">
         <v>101</v>
       </c>
       <c r="I17" t="s">
         <v>102</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>11</v>
+        <v>103</v>
       </c>
       <c r="C18" t="s">
         <v>12</v>
       </c>
       <c r="D18" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="E18" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="H18" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="I18" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="J18" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>106</v>
+        <v>19</v>
       </c>
       <c r="C19" t="s">
         <v>12</v>
       </c>
       <c r="D19" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="E19" t="s">
+        <v>109</v>
+      </c>
+      <c r="F19" t="s">
+        <v>12</v>
+      </c>
+      <c r="G19" t="s">
+        <v>110</v>
+      </c>
+      <c r="H19" t="s">
+        <v>111</v>
+      </c>
+      <c r="I19" t="s">
         <v>108</v>
-      </c>
-[...10 lines deleted...]
-        <v>12</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>111</v>
+        <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>12</v>
       </c>
       <c r="D20" t="s">
         <v>112</v>
       </c>
       <c r="E20" t="s">
         <v>113</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
         <v>114</v>
       </c>
       <c r="H20" t="s">
         <v>115</v>
       </c>
       <c r="I20" t="s">
-        <v>116</v>
+        <v>12</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
-        <v>11</v>
+        <v>116</v>
       </c>
       <c r="C21" t="s">
         <v>12</v>
       </c>
       <c r="D21" t="s">
         <v>117</v>
       </c>
       <c r="E21" t="s">
         <v>118</v>
       </c>
       <c r="F21" t="s">
         <v>12</v>
       </c>
       <c r="G21" t="s">
         <v>119</v>
       </c>
       <c r="H21" t="s">
         <v>120</v>
       </c>
       <c r="I21" t="s">
         <v>121</v>
       </c>
       <c r="J21" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" t="s">
+        <v>12</v>
+      </c>
+      <c r="D22" t="s">
         <v>122</v>
       </c>
-      <c r="C22" t="s">
-[...2 lines deleted...]
-      <c r="D22" t="s">
+      <c r="E22" t="s">
         <v>123</v>
       </c>
-      <c r="E22" t="s">
+      <c r="F22" t="s">
+        <v>12</v>
+      </c>
+      <c r="G22" t="s">
         <v>124</v>
       </c>
-      <c r="F22" t="s">
-[...2 lines deleted...]
-      <c r="G22" t="s">
+      <c r="H22" t="s">
         <v>125</v>
       </c>
-      <c r="H22" t="s">
+      <c r="I22" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
-        <v>19</v>
+        <v>127</v>
       </c>
       <c r="C23" t="s">
         <v>12</v>
       </c>
       <c r="D23" t="s">
         <v>128</v>
       </c>
       <c r="E23" t="s">
         <v>129</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
         <v>130</v>
       </c>
       <c r="H23" t="s">
         <v>131</v>
       </c>
       <c r="I23" t="s">
         <v>132</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
+        <v>25</v>
+      </c>
+      <c r="C24" t="s">
+        <v>12</v>
+      </c>
+      <c r="D24" t="s">
         <v>133</v>
       </c>
-      <c r="C24" t="s">
-[...2 lines deleted...]
-      <c r="D24" t="s">
+      <c r="E24" t="s">
         <v>134</v>
       </c>
-      <c r="E24" t="s">
+      <c r="F24" t="s">
+        <v>12</v>
+      </c>
+      <c r="G24" t="s">
         <v>135</v>
       </c>
-      <c r="F24" t="s">
-[...2 lines deleted...]
-      <c r="G24" t="s">
+      <c r="H24" t="s">
         <v>136</v>
       </c>
-      <c r="H24" t="s">
+      <c r="I24" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
       <c r="J24" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
+        <v>138</v>
+      </c>
+      <c r="C25" t="s">
+        <v>12</v>
+      </c>
+      <c r="D25" t="s">
         <v>139</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25" t="s">
+      <c r="E25" t="s">
         <v>140</v>
       </c>
-      <c r="E25" t="s">
+      <c r="F25" t="s">
+        <v>12</v>
+      </c>
+      <c r="G25" t="s">
         <v>141</v>
       </c>
-      <c r="F25" t="s">
-[...2 lines deleted...]
-      <c r="G25" t="s">
+      <c r="H25" t="s">
         <v>142</v>
       </c>
-      <c r="H25" t="s">
+      <c r="I25" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
       <c r="J25" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>10</v>
       </c>
       <c r="B26" t="s">
+        <v>144</v>
+      </c>
+      <c r="C26" t="s">
+        <v>12</v>
+      </c>
+      <c r="D26" t="s">
         <v>145</v>
       </c>
-      <c r="C26" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E26" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="F26" t="s">
         <v>12</v>
       </c>
       <c r="G26" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="H26" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I26" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J26" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>10</v>
       </c>
       <c r="B27" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="C27" t="s">
-        <v>150</v>
+        <v>12</v>
       </c>
       <c r="D27" t="s">
+        <v>145</v>
+      </c>
+      <c r="E27" t="s">
+        <v>146</v>
+      </c>
+      <c r="F27" t="s">
+        <v>12</v>
+      </c>
+      <c r="G27" t="s">
         <v>151</v>
       </c>
-      <c r="E27" t="s">
+      <c r="H27" t="s">
         <v>152</v>
       </c>
-      <c r="F27" t="s">
-[...2 lines deleted...]
-      <c r="G27" t="s">
+      <c r="I27" t="s">
         <v>153</v>
-      </c>
-[...4 lines deleted...]
-        <v>150</v>
       </c>
       <c r="J27" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>10</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>154</v>
       </c>
       <c r="C28" t="s">
-        <v>12</v>
+        <v>155</v>
       </c>
       <c r="D28" t="s">
+        <v>156</v>
+      </c>
+      <c r="E28" t="s">
+        <v>157</v>
+      </c>
+      <c r="F28" t="s">
+        <v>12</v>
+      </c>
+      <c r="G28" t="s">
+        <v>158</v>
+      </c>
+      <c r="H28" t="s">
+        <v>159</v>
+      </c>
+      <c r="I28" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>159</v>
       </c>
       <c r="J28" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>10</v>
       </c>
       <c r="B29" t="s">
+        <v>85</v>
+      </c>
+      <c r="C29" t="s">
+        <v>12</v>
+      </c>
+      <c r="D29" t="s">
         <v>160</v>
       </c>
-      <c r="C29" t="s">
+      <c r="E29" t="s">
         <v>161</v>
       </c>
-      <c r="D29" t="s">
+      <c r="F29" t="s">
+        <v>12</v>
+      </c>
+      <c r="G29" t="s">
         <v>162</v>
       </c>
-      <c r="E29" t="s">
+      <c r="H29" t="s">
         <v>163</v>
       </c>
-      <c r="F29" t="s">
-[...2 lines deleted...]
-      <c r="G29" t="s">
+      <c r="I29" t="s">
         <v>164</v>
-      </c>
-[...4 lines deleted...]
-        <v>161</v>
       </c>
       <c r="J29" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>10</v>
       </c>
       <c r="B30" t="s">
+        <v>165</v>
+      </c>
+      <c r="C30" t="s">
         <v>166</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>167</v>
       </c>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E30" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F30" t="s">
         <v>12</v>
       </c>
       <c r="G30" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="H30" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="I30" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="J30" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>10</v>
       </c>
       <c r="B31" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C31" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D31" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="E31" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="F31" t="s">
         <v>12</v>
       </c>
       <c r="G31" t="s">
+        <v>173</v>
+      </c>
+      <c r="H31" t="s">
+        <v>174</v>
+      </c>
+      <c r="I31" t="s">
         <v>172</v>
-      </c>
-[...4 lines deleted...]
-        <v>171</v>
       </c>
       <c r="J31" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>10</v>
       </c>
       <c r="B32" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C32" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D32" t="s">
+        <v>167</v>
+      </c>
+      <c r="E32" t="s">
+        <v>168</v>
+      </c>
+      <c r="F32" t="s">
+        <v>12</v>
+      </c>
+      <c r="G32" t="s">
+        <v>177</v>
+      </c>
+      <c r="H32" t="s">
+        <v>178</v>
+      </c>
+      <c r="I32" t="s">
         <v>176</v>
-      </c>
-[...13 lines deleted...]
-        <v>175</v>
       </c>
       <c r="J32" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>10</v>
       </c>
       <c r="B33" t="s">
+        <v>179</v>
+      </c>
+      <c r="C33" t="s">
         <v>180</v>
       </c>
-      <c r="C33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D33" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E33" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="F33" t="s">
         <v>12</v>
       </c>
       <c r="G33" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="H33" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="I33" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="J33" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>10</v>
       </c>
       <c r="B34" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="C34" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="D34" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
       <c r="E34" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="F34" t="s">
         <v>12</v>
       </c>
       <c r="G34" t="s">
         <v>186</v>
       </c>
       <c r="H34" t="s">
         <v>187</v>
       </c>
       <c r="I34" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="J34" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>10</v>
       </c>
       <c r="B35" t="s">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="C35" t="s">
-        <v>12</v>
+        <v>189</v>
       </c>
       <c r="D35" t="s">
-        <v>188</v>
+        <v>181</v>
       </c>
       <c r="E35" t="s">
+        <v>190</v>
+      </c>
+      <c r="F35" t="s">
+        <v>12</v>
+      </c>
+      <c r="G35" t="s">
+        <v>191</v>
+      </c>
+      <c r="H35" t="s">
+        <v>192</v>
+      </c>
+      <c r="I35" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>144</v>
       </c>
       <c r="J35" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>10</v>
       </c>
       <c r="B36" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C36" t="s">
         <v>12</v>
       </c>
       <c r="D36" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="E36" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="F36" t="s">
         <v>12</v>
       </c>
       <c r="G36" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="H36" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="I36" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J36" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>10</v>
       </c>
       <c r="B37" t="s">
+        <v>150</v>
+      </c>
+      <c r="C37" t="s">
+        <v>12</v>
+      </c>
+      <c r="D37" t="s">
+        <v>193</v>
+      </c>
+      <c r="E37" t="s">
         <v>194</v>
       </c>
-      <c r="C37" t="s">
-[...5 lines deleted...]
-      <c r="E37" t="s">
+      <c r="F37" t="s">
+        <v>12</v>
+      </c>
+      <c r="G37" t="s">
         <v>197</v>
       </c>
-      <c r="F37" t="s">
-[...2 lines deleted...]
-      <c r="G37" t="s">
+      <c r="H37" t="s">
         <v>198</v>
       </c>
-      <c r="H37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I37" t="s">
-        <v>195</v>
+        <v>153</v>
       </c>
       <c r="J37" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>10</v>
       </c>
       <c r="B38" t="s">
+        <v>199</v>
+      </c>
+      <c r="C38" t="s">
         <v>200</v>
       </c>
-      <c r="C38" t="s">
+      <c r="D38" t="s">
         <v>201</v>
       </c>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E38" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F38" t="s">
         <v>12</v>
       </c>
       <c r="G38" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="H38" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="I38" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="J38" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>10</v>
       </c>
       <c r="B39" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C39" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D39" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="E39" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="F39" t="s">
         <v>12</v>
       </c>
       <c r="G39" t="s">
+        <v>207</v>
+      </c>
+      <c r="H39" t="s">
+        <v>208</v>
+      </c>
+      <c r="I39" t="s">
         <v>206</v>
-      </c>
-[...4 lines deleted...]
-        <v>205</v>
       </c>
       <c r="J39" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
-        <v>133</v>
+        <v>209</v>
       </c>
       <c r="C40" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="D40" t="s">
-        <v>209</v>
+        <v>201</v>
       </c>
       <c r="E40" t="s">
-        <v>210</v>
+        <v>202</v>
       </c>
       <c r="F40" t="s">
         <v>12</v>
       </c>
       <c r="G40" t="s">
         <v>211</v>
       </c>
       <c r="H40" t="s">
         <v>212</v>
       </c>
       <c r="I40" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="J40" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
+        <v>138</v>
+      </c>
+      <c r="C41" t="s">
         <v>213</v>
       </c>
-      <c r="C41" t="s">
+      <c r="D41" t="s">
         <v>214</v>
       </c>
-      <c r="D41" t="s">
+      <c r="E41" t="s">
         <v>215</v>
       </c>
-      <c r="E41" t="s">
+      <c r="F41" t="s">
+        <v>12</v>
+      </c>
+      <c r="G41" t="s">
         <v>216</v>
       </c>
-      <c r="F41" t="s">
-[...2 lines deleted...]
-      <c r="G41" t="s">
+      <c r="H41" t="s">
         <v>217</v>
       </c>
-      <c r="H41" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I41" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="J41" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>11</v>
+        <v>218</v>
       </c>
       <c r="C42" t="s">
-        <v>102</v>
+        <v>219</v>
       </c>
       <c r="D42" t="s">
+        <v>220</v>
+      </c>
+      <c r="E42" t="s">
+        <v>221</v>
+      </c>
+      <c r="F42" t="s">
+        <v>12</v>
+      </c>
+      <c r="G42" t="s">
+        <v>222</v>
+      </c>
+      <c r="H42" t="s">
+        <v>223</v>
+      </c>
+      <c r="I42" t="s">
         <v>219</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
       <c r="J42" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>223</v>
+        <v>19</v>
       </c>
       <c r="C43" t="s">
+        <v>108</v>
+      </c>
+      <c r="D43" t="s">
         <v>224</v>
       </c>
-      <c r="D43" t="s">
+      <c r="E43" t="s">
         <v>225</v>
       </c>
-      <c r="E43" t="s">
+      <c r="F43" t="s">
+        <v>12</v>
+      </c>
+      <c r="G43" t="s">
         <v>226</v>
       </c>
-      <c r="F43" t="s">
-[...2 lines deleted...]
-      <c r="G43" t="s">
+      <c r="H43" t="s">
         <v>227</v>
       </c>
-      <c r="H43" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I43" t="s">
-        <v>224</v>
+        <v>108</v>
       </c>
       <c r="J43" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>10</v>
       </c>
       <c r="B44" t="s">
+        <v>228</v>
+      </c>
+      <c r="C44" t="s">
         <v>229</v>
       </c>
-      <c r="C44" t="s">
+      <c r="D44" t="s">
         <v>230</v>
       </c>
-      <c r="D44" t="s">
+      <c r="E44" t="s">
         <v>231</v>
       </c>
-      <c r="E44" t="s">
+      <c r="F44" t="s">
+        <v>12</v>
+      </c>
+      <c r="G44" t="s">
         <v>232</v>
       </c>
-      <c r="F44" t="s">
-[...2 lines deleted...]
-      <c r="G44" t="s">
+      <c r="H44" t="s">
         <v>233</v>
       </c>
-      <c r="H44" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I44" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="J44" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>10</v>
       </c>
       <c r="B45" t="s">
+        <v>234</v>
+      </c>
+      <c r="C45" t="s">
         <v>235</v>
       </c>
-      <c r="C45" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D45" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E45" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F45" t="s">
         <v>12</v>
       </c>
       <c r="G45" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="H45" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="I45" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="J45" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>10</v>
       </c>
       <c r="B46" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="C46" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="D46" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
       <c r="E46" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="F46" t="s">
         <v>12</v>
       </c>
       <c r="G46" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="H46" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="I46" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="J46" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>10</v>
       </c>
       <c r="B47" t="s">
-        <v>19</v>
+        <v>243</v>
       </c>
       <c r="C47" t="s">
-        <v>208</v>
+        <v>235</v>
       </c>
       <c r="D47" t="s">
-        <v>241</v>
+        <v>236</v>
       </c>
       <c r="E47" t="s">
-        <v>242</v>
+        <v>237</v>
       </c>
       <c r="F47" t="s">
         <v>12</v>
       </c>
       <c r="G47" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="H47" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="I47" t="s">
-        <v>208</v>
+        <v>235</v>
       </c>
       <c r="J47" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>10</v>
       </c>
       <c r="B48" t="s">
-        <v>245</v>
+        <v>25</v>
       </c>
       <c r="C48" t="s">
+        <v>213</v>
+      </c>
+      <c r="D48" t="s">
         <v>246</v>
       </c>
-      <c r="D48" t="s">
+      <c r="E48" t="s">
         <v>247</v>
       </c>
-      <c r="E48" t="s">
+      <c r="F48" t="s">
+        <v>12</v>
+      </c>
+      <c r="G48" t="s">
         <v>248</v>
       </c>
-      <c r="F48" t="s">
-[...2 lines deleted...]
-      <c r="G48" t="s">
+      <c r="H48" t="s">
         <v>249</v>
       </c>
-      <c r="H48" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="I48" t="s">
-        <v>246</v>
+        <v>213</v>
       </c>
       <c r="J48" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>10</v>
       </c>
       <c r="B49" t="s">
+        <v>250</v>
+      </c>
+      <c r="C49" t="s">
         <v>251</v>
       </c>
-      <c r="C49" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D49" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E49" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F49" t="s">
         <v>12</v>
       </c>
       <c r="G49" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="H49" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="I49" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="J49" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>10</v>
       </c>
       <c r="B50" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="C50" t="s">
-        <v>175</v>
+        <v>251</v>
       </c>
       <c r="D50" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="E50" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="F50" t="s">
         <v>12</v>
       </c>
       <c r="G50" t="s">
-        <v>255</v>
+        <v>257</v>
       </c>
       <c r="H50" t="s">
-        <v>256</v>
+        <v>258</v>
       </c>
       <c r="I50" t="s">
-        <v>175</v>
+        <v>251</v>
       </c>
       <c r="J50" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>259</v>
+      </c>
+      <c r="C51" t="s">
+        <v>180</v>
+      </c>
+      <c r="D51" t="s">
+        <v>252</v>
+      </c>
+      <c r="E51" t="s">
+        <v>253</v>
+      </c>
+      <c r="F51" t="s">
+        <v>12</v>
+      </c>
+      <c r="G51" t="s">
+        <v>260</v>
+      </c>
+      <c r="H51" t="s">
+        <v>261</v>
+      </c>
+      <c r="I51" t="s">
+        <v>180</v>
+      </c>
+      <c r="J51" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>