--- v0 (2025-10-18)
+++ v1 (2025-12-04)
@@ -9,107 +9,200 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="120" uniqueCount="61">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
+    <t>NUCLEUS CI512</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>23/09/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2025 11:40:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687620/fr/nucleus-ci512</t>
+  </si>
+  <si>
+    <t>p_3687620</t>
+  </si>
+  <si>
+    <t>Implant cochléaire</t>
+  </si>
+  <si>
+    <t>COCHLEAR France SAS (France)</t>
+  </si>
+  <si>
+    <t>NUCLEUS 7 (modèle CP1000)</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687623/fr/nucleus-7-modele-cp1000</t>
+  </si>
+  <si>
+    <t>p_3687623</t>
+  </si>
+  <si>
+    <t>Processeur de son pour implant cochléaire et du tronc cérébral</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI612</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687629/fr/nucleus-ci612</t>
+  </si>
+  <si>
+    <t>p_3687629</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI632</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687641/fr/nucleus-ci632</t>
+  </si>
+  <si>
+    <t>p_3687641</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI622</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687647/fr/nucleus-ci622</t>
+  </si>
+  <si>
+    <t>p_3687647</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI522</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687653/fr/nucleus-ci522</t>
+  </si>
+  <si>
+    <t>p_3687653</t>
+  </si>
+  <si>
+    <t>NUCLEUS CI532</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3687659/fr/nucleus-ci532</t>
+  </si>
+  <si>
+    <t>p_3687659</t>
+  </si>
+  <si>
+    <t>NUCLEUS ABI541</t>
+  </si>
+  <si>
+    <t>15/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>28/10/2025 12:24:01</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3690523/fr/nucleus-abi541</t>
+  </si>
+  <si>
+    <t>p_3690523</t>
+  </si>
+  <si>
+    <t>Implant du tronc cérébral</t>
+  </si>
+  <si>
     <t>BAHA 7</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>09/09/2025 00:00:00</t>
   </si>
   <si>
     <t>08/10/2025 12:12:18</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3685924/fr/baha-7</t>
   </si>
   <si>
     <t>p_3685924</t>
   </si>
   <si>
     <t>Processeur de son pour prothèse auditive ostéo-intégrée</t>
-  </si>
-[...1 lines deleted...]
-    <t>COCHLEAR France SAS (France)</t>
   </si>
   <si>
     <t>BAHA et BAHA ATTRACT</t>
   </si>
   <si>
     <t>30/05/2023 00:00:00</t>
   </si>
   <si>
     <t>30/06/2023 13:22:36</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3447796/fr/baha-et-baha-attract</t>
   </si>
   <si>
     <t>p_3447796</t>
   </si>
   <si>
     <t>Prothèse auditive ostéo-intégrée</t>
   </si>
   <si>
     <t>NUCLEUS FREEDOM HYBRID - 09 juin 2009 (1987) avis</t>
   </si>
   <si>
     <t>09/06/2009 00:00:00</t>
   </si>
@@ -149,51 +242,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J4"/>
+  <dimension ref="A1:J12"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -230,96 +323,352 @@
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>10</v>
       </c>
       <c r="B3" t="s">
         <v>19</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>14</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>20</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>21</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>22</v>
-      </c>
-[...4 lines deleted...]
-        <v>24</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>14</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
         <v>25</v>
       </c>
-      <c r="C4" t="s">
-[...2 lines deleted...]
-      <c r="D4" t="s">
+      <c r="I4" t="s">
+        <v>17</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
         <v>26</v>
       </c>
-      <c r="E4" t="s">
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>14</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>27</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H5" t="s">
         <v>28</v>
       </c>
-      <c r="H4" t="s">
+      <c r="I5" t="s">
+        <v>17</v>
+      </c>
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
         <v>29</v>
       </c>
-      <c r="I4" t="s">
-[...2 lines deleted...]
-      <c r="J4" t="s">
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>14</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>30</v>
+      </c>
+      <c r="H6" t="s">
+        <v>31</v>
+      </c>
+      <c r="I6" t="s">
+        <v>17</v>
+      </c>
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>14</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>33</v>
+      </c>
+      <c r="H7" t="s">
+        <v>34</v>
+      </c>
+      <c r="I7" t="s">
+        <v>17</v>
+      </c>
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>14</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>36</v>
+      </c>
+      <c r="H8" t="s">
+        <v>37</v>
+      </c>
+      <c r="I8" t="s">
+        <v>17</v>
+      </c>
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>39</v>
+      </c>
+      <c r="E9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>41</v>
+      </c>
+      <c r="H9" t="s">
+        <v>42</v>
+      </c>
+      <c r="I9" t="s">
+        <v>43</v>
+      </c>
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B10" t="s">
+        <v>44</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>45</v>
+      </c>
+      <c r="E10" t="s">
+        <v>46</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>47</v>
+      </c>
+      <c r="H10" t="s">
+        <v>48</v>
+      </c>
+      <c r="I10" t="s">
+        <v>49</v>
+      </c>
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>10</v>
+      </c>
+      <c r="B11" t="s">
+        <v>50</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>51</v>
+      </c>
+      <c r="E11" t="s">
+        <v>52</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>53</v>
+      </c>
+      <c r="H11" t="s">
+        <v>54</v>
+      </c>
+      <c r="I11" t="s">
+        <v>55</v>
+      </c>
+      <c r="J11" t="s">
+        <v>18</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>10</v>
+      </c>
+      <c r="B12" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" t="s">
+        <v>12</v>
+      </c>
+      <c r="D12" t="s">
+        <v>57</v>
+      </c>
+      <c r="E12" t="s">
+        <v>58</v>
+      </c>
+      <c r="F12" t="s">
+        <v>12</v>
+      </c>
+      <c r="G12" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" t="s">
+        <v>60</v>
+      </c>
+      <c r="I12" t="s">
+        <v>12</v>
+      </c>
+      <c r="J12" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>