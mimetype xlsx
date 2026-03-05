--- v0 (2025-12-02)
+++ v1 (2026-03-05)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>CIVARON (Citrate de sodium)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>02/09/2022 16:49:50</t>
+    <t>02/09/2022 16:47:41</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3361522/fr/civaron-citrate-de-sodium</t>
   </si>
   <si>
     <t>p_3361522</t>
   </si>
   <si>
     <t>Citrate de sodium</t>
   </si>
   <si>
     <t>FRESENIUS MEDICAL CARE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3361547/fr/civaron-sodium-citrate-de-anticoagulation-regionale-au-citrate-arc</t>
   </si>
   <si>
     <t>MULTIBIC (bicarbonate de sodium/ chlorure de calcium/ chlorure de magnésium hexa...)</t>
   </si>
   <si>
     <t>02/06/2004 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2985892/fr/multibic-bicarbonate-de-sodium/-chlorure-de-calcium/-chlorure-de-magnesium-hexa</t>
   </si>