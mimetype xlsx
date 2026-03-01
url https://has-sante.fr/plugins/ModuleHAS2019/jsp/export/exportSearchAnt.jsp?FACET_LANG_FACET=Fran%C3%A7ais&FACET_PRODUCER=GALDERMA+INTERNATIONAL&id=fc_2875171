--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="169" uniqueCount="109">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="110">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -77,50 +77,77 @@
   <si>
     <t>03/05/2016 00:00:00</t>
   </si>
   <si>
     <t>03/06/2016 15:17:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2634431/fr/actinica</t>
   </si>
   <si>
     <t>c_2634431</t>
   </si>
   <si>
     <t>GALDERMA INTERNATIONAL</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>CUTACNYL (peroxyde de benzoyle)</t>
+  </si>
+  <si>
+    <t>12/02/2026 15:35:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982900/fr/cutacnyl-peroxyde-de-benzoyle</t>
+  </si>
+  <si>
+    <t>pprd_2982900</t>
+  </si>
+  <si>
+    <t>peroxyde de benzoyle</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_732196/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1719416/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2899633/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3859374/fr/cutacnyl-peroxyde-de-benzoyle-acne</t>
+  </si>
+  <si>
     <t>NEMLUVIO (nemolizumab)</t>
   </si>
   <si>
     <t>16/07/2025 16:59:31</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635864/fr/nemluvio-nemolizumab</t>
   </si>
   <si>
     <t>p_3635864</t>
   </si>
   <si>
     <t>nemolizumab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635776/fr/nemluvio-nemolizumab-dermatite-atopique-chez-l-adulte-et-l-adolescent-age-de-12-ans-et-plus</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3636353/fr/nemluvio-nemolizumab-prurigo-nodulaire-chez-l-adulte</t>
   </si>
   <si>
     <t>ROZEX (métronidazole)</t>
   </si>
   <si>
     <t>03/02/2020 09:26:00</t>
@@ -186,74 +213,50 @@
     <t>https://www.has-sante.fr/jcms/p_3149201/fr/silkis-calcitriol</t>
   </si>
   <si>
     <t>TETRALYSAL (lymécycline)</t>
   </si>
   <si>
     <t>08/04/2019 08:52:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982814/fr/tetralysal-lymecycline</t>
   </si>
   <si>
     <t>pprd_2982814</t>
   </si>
   <si>
     <t>lymécycline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_754089/fr/tetralysal-lymecycline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1736019/fr/tetralysal-lymecycline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2962258/fr/tetralysal-lymecycline</t>
-  </si>
-[...22 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2899633/fr/cutacnyl-peroxyde-de-benzoyle-hydrate</t>
   </si>
   <si>
     <t>CLOBEX (clobétasol (propionate de))</t>
   </si>
   <si>
     <t>11/01/2019 16:22:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982917/fr/clobex-clobetasol-propionate-de</t>
   </si>
   <si>
     <t>pprd_2982917</t>
   </si>
   <si>
     <t>clobétasol (propionate de)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_642546/fr/clobex-clobetasol-propionate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1701309/fr/clobex-clobetasol-propionate-de</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2896744/fr/clobex-clobetasol-propionate-de</t>
   </si>
@@ -545,440 +548,443 @@
       </c>
       <c r="E2" t="s">
         <v>22</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>23</v>
       </c>
       <c r="H2" t="s">
         <v>24</v>
       </c>
       <c r="I2" t="s">
         <v>25</v>
       </c>
       <c r="J2" t="s">
         <v>17</v>
       </c>
       <c r="K2" t="s">
         <v>26</v>
       </c>
       <c r="L2" t="s">
         <v>27</v>
       </c>
+      <c r="M2" t="s">
+        <v>28</v>
+      </c>
+      <c r="N2" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>20</v>
       </c>
       <c r="B3" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="H3" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="I3" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="J3" t="s">
         <v>17</v>
       </c>
       <c r="K3" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="L3" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-      <c r="N3" t="s">
         <v>36</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>20</v>
       </c>
       <c r="B4" t="s">
+        <v>37</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>38</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>39</v>
+      </c>
+      <c r="H4" t="s">
         <v>40</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="I4" t="s">
         <v>41</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="J4" t="s">
+        <v>17</v>
+      </c>
+      <c r="K4" t="s">
         <v>42</v>
       </c>
-      <c r="H4" t="s">
+      <c r="L4" t="s">
         <v>43</v>
       </c>
-      <c r="I4" t="s">
+      <c r="M4" t="s">
         <v>44</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="N4" t="s">
         <v>45</v>
       </c>
-      <c r="L4" t="s">
+      <c r="O4" t="s">
         <v>46</v>
       </c>
-      <c r="M4" t="s">
+      <c r="P4" t="s">
         <v>47</v>
       </c>
-      <c r="N4" t="s">
+      <c r="Q4" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>20</v>
       </c>
       <c r="B5" t="s">
+        <v>49</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
         <v>50</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
         <v>51</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>52</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>53</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K5" t="s">
         <v>54</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>55</v>
       </c>
-      <c r="L5" t="s">
+      <c r="M5" t="s">
         <v>56</v>
       </c>
-      <c r="M5" t="s">
+      <c r="N5" t="s">
         <v>57</v>
+      </c>
+      <c r="O5" t="s">
+        <v>58</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>20</v>
       </c>
       <c r="B6" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="H6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="I6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="J6" t="s">
         <v>17</v>
       </c>
       <c r="K6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="L6" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="M6" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>20</v>
       </c>
       <c r="B7" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="H7" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I7" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J7" t="s">
         <v>17</v>
       </c>
       <c r="K7" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="L7" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="M7" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C8" t="s">
         <v>12</v>
       </c>
       <c r="D8" t="s">
         <v>12</v>
       </c>
       <c r="E8" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="F8" t="s">
         <v>12</v>
       </c>
       <c r="G8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="H8" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I8" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J8" t="s">
         <v>17</v>
       </c>
       <c r="K8" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="L8" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="M8" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="N8" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>20</v>
       </c>
       <c r="B9" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C9" t="s">
         <v>12</v>
       </c>
       <c r="D9" t="s">
         <v>12</v>
       </c>
       <c r="E9" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F9" t="s">
         <v>12</v>
       </c>
       <c r="G9" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H9" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I9" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J9" t="s">
         <v>17</v>
       </c>
       <c r="K9" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L9" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="M9" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>20</v>
       </c>
       <c r="B10" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C10" t="s">
         <v>12</v>
       </c>
       <c r="D10" t="s">
         <v>12</v>
       </c>
       <c r="E10" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="F10" t="s">
         <v>12</v>
       </c>
       <c r="G10" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="H10" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="I10" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="J10" t="s">
         <v>17</v>
       </c>
       <c r="K10" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="L10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="M10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="N10" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>20</v>
       </c>
       <c r="B11" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C11" t="s">
         <v>12</v>
       </c>
       <c r="D11" t="s">
         <v>12</v>
       </c>
       <c r="E11" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F11" t="s">
         <v>12</v>
       </c>
       <c r="G11" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H11" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I11" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="J11" t="s">
         <v>17</v>
       </c>
       <c r="K11" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L11" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M11" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="N11" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>