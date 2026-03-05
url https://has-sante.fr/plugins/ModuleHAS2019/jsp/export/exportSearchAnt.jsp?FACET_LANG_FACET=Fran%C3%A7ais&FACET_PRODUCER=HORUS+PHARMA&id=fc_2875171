--- v0 (2026-01-16)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="350" uniqueCount="185">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="361" uniqueCount="191">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -243,50 +243,68 @@
     <t>03/11/2015 00:00:00</t>
   </si>
   <si>
     <t>26/11/2015 16:56:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2572145/fr/vismed</t>
   </si>
   <si>
     <t>c_2572145</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2572160/fr/vismed-multi</t>
   </si>
   <si>
     <t>c_2572160</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
+  </si>
+  <si>
+    <t>LENASTER (phosphate sodique d’hydrocortisone)</t>
+  </si>
+  <si>
+    <t>20/02/2026 11:45:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3864446/fr/lenaster-phosphate-sodique-d-hydrocortisone</t>
+  </si>
+  <si>
+    <t>p_3864446</t>
+  </si>
+  <si>
+    <t>phosphate sodique d’hydrocortisone</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861023/fr/lenaster-phosphate-sodique-d-hydrocortisone-inflammation-oculaire</t>
   </si>
   <si>
     <t>LATAZED (latanoprost)</t>
   </si>
   <si>
     <t>18/09/2023 08:53:03</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3222996/fr/latazed-latanoprost</t>
   </si>
   <si>
     <t>p_3222996</t>
   </si>
   <si>
     <t>latanoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3222804/fr/latazed-latanoprost</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3461138/fr/latazed-latanoprost-glaucome-a-angle-ouvert-glaucome-pediatrique-et-hypertonie-intraoculaire</t>
   </si>
   <si>
     <t>LACRYADEX (oxytétracycline / dexaméthasone)</t>
   </si>
@@ -1111,51 +1129,51 @@
       </c>
       <c r="F15" t="s">
         <v>12</v>
       </c>
       <c r="G15" t="s">
         <v>72</v>
       </c>
       <c r="H15" t="s">
         <v>73</v>
       </c>
       <c r="I15" t="s">
         <v>12</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P17"/>
+  <dimension ref="A1:P18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1186,86 +1204,86 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>78</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>79</v>
       </c>
       <c r="H2" t="s">
         <v>80</v>
       </c>
       <c r="I2" t="s">
         <v>81</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>82</v>
       </c>
-      <c r="L2" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>76</v>
       </c>
       <c r="B3" t="s">
+        <v>83</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
         <v>84</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
         <v>85</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="H3" t="s">
         <v>86</v>
       </c>
-      <c r="H3" t="s">
+      <c r="I3" t="s">
         <v>87</v>
       </c>
-      <c r="I3" t="s">
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
         <v>88</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="L3" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>76</v>
       </c>
       <c r="B4" t="s">
         <v>90</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
         <v>91</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>92</v>
       </c>
@@ -1286,86 +1304,86 @@
       <c r="A5" t="s">
         <v>76</v>
       </c>
       <c r="B5" t="s">
         <v>96</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
         <v>97</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
         <v>98</v>
       </c>
       <c r="H5" t="s">
         <v>99</v>
       </c>
       <c r="I5" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>76</v>
       </c>
       <c r="B6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="H6" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I6" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>76</v>
       </c>
       <c r="B7" t="s">
         <v>107</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>108</v>
       </c>
       <c r="F7" t="s">
@@ -1609,185 +1627,220 @@
       </c>
       <c r="D14" t="s">
         <v>12</v>
       </c>
       <c r="E14" t="s">
         <v>150</v>
       </c>
       <c r="F14" t="s">
         <v>12</v>
       </c>
       <c r="G14" t="s">
         <v>151</v>
       </c>
       <c r="H14" t="s">
         <v>152</v>
       </c>
       <c r="I14" t="s">
         <v>153</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
         <v>154</v>
       </c>
-      <c r="L14" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>76</v>
       </c>
       <c r="B15" t="s">
+        <v>155</v>
+      </c>
+      <c r="C15" t="s">
+        <v>12</v>
+      </c>
+      <c r="D15" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" t="s">
+        <v>156</v>
+      </c>
+      <c r="F15" t="s">
+        <v>12</v>
+      </c>
+      <c r="G15" t="s">
+        <v>157</v>
+      </c>
+      <c r="H15" t="s">
+        <v>158</v>
+      </c>
+      <c r="I15" t="s">
+        <v>159</v>
+      </c>
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K15" t="s">
         <v>160</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="L15" t="s">
         <v>161</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="M15" t="s">
         <v>162</v>
       </c>
-      <c r="H15" t="s">
+      <c r="N15" t="s">
         <v>163</v>
       </c>
-      <c r="I15" t="s">
+      <c r="O15" t="s">
         <v>164</v>
       </c>
-      <c r="J15" t="s">
-[...2 lines deleted...]
-      <c r="K15" t="s">
+      <c r="P15" t="s">
         <v>165</v>
-      </c>
-[...4 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>76</v>
       </c>
       <c r="B16" t="s">
+        <v>166</v>
+      </c>
+      <c r="C16" t="s">
+        <v>12</v>
+      </c>
+      <c r="D16" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" t="s">
+        <v>167</v>
+      </c>
+      <c r="F16" t="s">
+        <v>12</v>
+      </c>
+      <c r="G16" t="s">
         <v>168</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="H16" t="s">
         <v>169</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="I16" t="s">
         <v>170</v>
       </c>
-      <c r="H16" t="s">
+      <c r="J16" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" t="s">
         <v>171</v>
       </c>
-      <c r="I16" t="s">
+      <c r="L16" t="s">
         <v>172</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="M16" t="s">
         <v>173</v>
-      </c>
-[...7 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>76</v>
       </c>
       <c r="B17" t="s">
+        <v>174</v>
+      </c>
+      <c r="C17" t="s">
+        <v>12</v>
+      </c>
+      <c r="D17" t="s">
+        <v>12</v>
+      </c>
+      <c r="E17" t="s">
+        <v>175</v>
+      </c>
+      <c r="F17" t="s">
+        <v>12</v>
+      </c>
+      <c r="G17" t="s">
+        <v>176</v>
+      </c>
+      <c r="H17" t="s">
         <v>177</v>
       </c>
-      <c r="C17" t="s">
-[...5 lines deleted...]
-      <c r="E17" t="s">
+      <c r="I17" t="s">
         <v>178</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="J17" t="s">
+        <v>18</v>
+      </c>
+      <c r="K17" t="s">
         <v>179</v>
       </c>
-      <c r="H17" t="s">
+      <c r="L17" t="s">
         <v>180</v>
       </c>
-      <c r="I17" t="s">
+      <c r="M17" t="s">
         <v>181</v>
       </c>
-      <c r="J17" t="s">
-[...2 lines deleted...]
-      <c r="K17" t="s">
+      <c r="N17" t="s">
         <v>182</v>
       </c>
-      <c r="L17" t="s">
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>76</v>
+      </c>
+      <c r="B18" t="s">
         <v>183</v>
       </c>
-      <c r="M17" t="s">
+      <c r="C18" t="s">
+        <v>12</v>
+      </c>
+      <c r="D18" t="s">
+        <v>12</v>
+      </c>
+      <c r="E18" t="s">
         <v>184</v>
+      </c>
+      <c r="F18" t="s">
+        <v>12</v>
+      </c>
+      <c r="G18" t="s">
+        <v>185</v>
+      </c>
+      <c r="H18" t="s">
+        <v>186</v>
+      </c>
+      <c r="I18" t="s">
+        <v>187</v>
+      </c>
+      <c r="J18" t="s">
+        <v>18</v>
+      </c>
+      <c r="K18" t="s">
+        <v>188</v>
+      </c>
+      <c r="L18" t="s">
+        <v>189</v>
+      </c>
+      <c r="M18" t="s">
+        <v>190</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>