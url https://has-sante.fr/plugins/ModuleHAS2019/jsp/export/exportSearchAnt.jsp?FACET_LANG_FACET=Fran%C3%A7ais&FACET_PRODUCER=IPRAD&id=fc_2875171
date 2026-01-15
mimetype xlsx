--- v0 (2025-11-30)
+++ v1 (2026-01-15)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>SECNOL (secnidazole)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>05/12/2018 17:08:49</t>
+    <t>05/12/2018 14:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982997/fr/secnol-secnidazole</t>
   </si>
   <si>
     <t>pprd_2982997</t>
   </si>
   <si>
     <t>secnidazole</t>
   </si>
   <si>
     <t>IPRAD</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_735084/fr/secnol-secnidazole</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1652867/fr/secnol-secnidazole</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2740913/fr/secnol-secnidazole</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2887774/fr/secnol-secnidazole</t>
   </si>