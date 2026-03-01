--- v0 (2025-11-30)
+++ v1 (2026-03-01)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>KAYFANDA (odevixibat)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>10/03/2025 17:40:00</t>
+    <t>17/02/2026 16:44:13</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3427786/fr/kayfanda-odevixibat</t>
   </si>
   <si>
     <t>p_3427786</t>
   </si>
   <si>
     <t>odevixibat</t>
   </si>
   <si>
     <t>IPSEN PHARMA</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3427763/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3586458/fr/kayfanda-odevixibat-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500210/fr/kayfanda-odevixibat-ex-bylvay-prurit-cholestatique-associe-au-syndrome-d-alagille</t>
   </si>
   <si>
     <t>IQIRVO (elafibranor)</t>
   </si>