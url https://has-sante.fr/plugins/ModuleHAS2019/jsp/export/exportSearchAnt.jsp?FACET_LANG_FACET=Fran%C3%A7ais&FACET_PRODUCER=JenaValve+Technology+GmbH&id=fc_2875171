--- v0 (2025-12-04)
+++ v1 (2026-03-06)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>JENAVALVE TAVI System, système de remplacement valvulaire aortique percutané</t>
   </si>
   <si>
     <t>Valve aortique implantée par voie transapicale avec son cathéter de pose</t>
   </si>
   <si>
     <t>11/06/2013 00:00:00</t>
   </si>
   <si>
-    <t>14/06/2013 17:18:00</t>
+    <t>21/01/2025 10:17:35</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1600587/fr/jenavalve-tavi-system-systeme-de-remplacement-valvulaire-aortique-percutane</t>
   </si>
   <si>
     <t>c_1600587</t>
   </si>
   <si>
     <t>JenaValve Technology GmbH</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>