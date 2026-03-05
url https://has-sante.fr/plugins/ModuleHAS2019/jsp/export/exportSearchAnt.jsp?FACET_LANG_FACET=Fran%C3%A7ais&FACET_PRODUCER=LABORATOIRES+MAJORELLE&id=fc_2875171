--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="118" uniqueCount="72">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="79">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -117,50 +117,71 @@
     <t>La commission d’évaluation des dispositifs médicaux de la HAS a donné un avis favorable au remboursement du masque chirurgical Assanis pour les personnes âgées de plus de 65 ans, les patients atteints de Covid-19 et les patients à risque de développer une forme grave d’infection au coronavirus. Ce masque n’apporte pas d’amélioration par rapport aux autres masques chirurgicaux de type II (ASA de niveau V).</t>
   </si>
   <si>
     <t>30/06/2020 00:00:00</t>
   </si>
   <si>
     <t>01/07/2020 17:47:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3192399/fr/assanis</t>
   </si>
   <si>
     <t>p_3192399</t>
   </si>
   <si>
     <t>Masque chirurgical de type II</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
+  </si>
+  <si>
+    <t>OPTIMIZETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t>20/02/2026 16:31:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984752/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>pprd_2984752</t>
+  </si>
+  <si>
+    <t>désogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1747991/fr/optimizette-desogestrel</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861376/fr/optimizette-desogestrel-contraception</t>
   </si>
   <si>
     <t>BCG MAJORELLE (bacille de Calmette-Guérin)</t>
   </si>
   <si>
     <t>17/10/2024 08:58:15</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3549149/fr/bcg-majorelle-bacille-de-calmette-guerin</t>
   </si>
   <si>
     <t>p_3549149</t>
   </si>
   <si>
     <t>bacille de Calmette-Guérin (souche brésilienne Moreau provenant de Mycobacterium bovis)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3549027/fr/bcg-majorelle-bacille-de-calmette-guerin-cancer-de-la-vessie</t>
   </si>
   <si>
     <t>MAPAKNA LP (nifédipine)</t>
   </si>
   <si>
     <t>10/11/2023 09:02:53</t>
   </si>
@@ -420,51 +441,51 @@
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
         <v>29</v>
       </c>
       <c r="H4" t="s">
         <v>30</v>
       </c>
       <c r="I4" t="s">
         <v>31</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L7"/>
+  <dimension ref="A1:L8"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -495,222 +516,260 @@
       </c>
       <c r="D2" t="s">
         <v>12</v>
       </c>
       <c r="E2" t="s">
         <v>36</v>
       </c>
       <c r="F2" t="s">
         <v>12</v>
       </c>
       <c r="G2" t="s">
         <v>37</v>
       </c>
       <c r="H2" t="s">
         <v>38</v>
       </c>
       <c r="I2" t="s">
         <v>39</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>40</v>
       </c>
+      <c r="L2" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>34</v>
       </c>
       <c r="B3" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C3" t="s">
         <v>12</v>
       </c>
       <c r="D3" t="s">
         <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="H3" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="I3" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>34</v>
       </c>
       <c r="B4" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
       <c r="E4" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="F4" t="s">
         <v>12</v>
       </c>
       <c r="G4" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="H4" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="I4" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>34</v>
       </c>
       <c r="B5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C5" t="s">
         <v>12</v>
       </c>
       <c r="D5" t="s">
         <v>12</v>
       </c>
       <c r="E5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>12</v>
       </c>
       <c r="G5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>34</v>
       </c>
       <c r="B6" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C6" t="s">
         <v>12</v>
       </c>
       <c r="D6" t="s">
         <v>12</v>
       </c>
       <c r="E6" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="F6" t="s">
         <v>12</v>
       </c>
       <c r="G6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="H6" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="I6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="L6" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>66</v>
       </c>
       <c r="C7" t="s">
         <v>12</v>
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>67</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>68</v>
       </c>
       <c r="H7" t="s">
         <v>69</v>
       </c>
       <c r="I7" t="s">
         <v>70</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
         <v>71</v>
+      </c>
+      <c r="L7" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>34</v>
+      </c>
+      <c r="B8" t="s">
+        <v>73</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>74</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>75</v>
+      </c>
+      <c r="H8" t="s">
+        <v>76</v>
+      </c>
+      <c r="I8" t="s">
+        <v>77</v>
+      </c>
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" t="s">
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>