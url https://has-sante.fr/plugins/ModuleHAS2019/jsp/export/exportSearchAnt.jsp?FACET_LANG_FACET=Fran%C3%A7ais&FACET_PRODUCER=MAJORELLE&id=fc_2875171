--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -12,51 +12,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
     <sheet name="Export Medicament" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="111" uniqueCount="67">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -186,68 +186,50 @@
     <t>pprd_2984580</t>
   </si>
   <si>
     <t>alprostadil</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2024189/fr/vitaros-creme-alprostadil-medicament-utilise-dans-les-troubles-de-l-erection</t>
   </si>
   <si>
     <t>BEMFOLA (follitropine alfa)</t>
   </si>
   <si>
     <t>06/03/2015 13:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984629/fr/bemfola-follitropine-alfa</t>
   </si>
   <si>
     <t>pprd_2984629</t>
   </si>
   <si>
     <t>follitropine alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2003871/fr/bemfola-follitropine-alfa-recombinante-gonadotrophine</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1747991/fr/optimizette-desogestrel</t>
   </si>
   <si>
     <t>TRINIPATCH (trinitrine)</t>
   </si>
   <si>
     <t>28/02/2014 17:35:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984821/fr/trinipatch-trinitrine</t>
   </si>
   <si>
     <t>pprd_2984821</t>
   </si>
   <si>
     <t>trinitrine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399238/fr/trinipatch-trinitrine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399711/fr/trinipatch-trinitrine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_559715/fr/trinipatch-trinitrine</t>
   </si>
@@ -391,51 +373,51 @@
       </c>
       <c r="F3" t="s">
         <v>12</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>20</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:N8"/>
+  <dimension ref="A1:N7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -644,88 +626,53 @@
       </c>
       <c r="D7" t="s">
         <v>12</v>
       </c>
       <c r="E7" t="s">
         <v>59</v>
       </c>
       <c r="F7" t="s">
         <v>12</v>
       </c>
       <c r="G7" t="s">
         <v>60</v>
       </c>
       <c r="H7" t="s">
         <v>61</v>
       </c>
       <c r="I7" t="s">
         <v>62</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
         <v>63</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B8" t="s">
+      <c r="L7" t="s">
         <v>64</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="M7" t="s">
         <v>65</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="N7" t="s">
         <v>66</v>
-      </c>
-[...19 lines deleted...]
-        <v>72</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>