--- v0 (2026-01-15)
+++ v1 (2026-03-01)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="912" uniqueCount="612">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="901" uniqueCount="606">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -1530,68 +1530,50 @@
     <t>11/03/2016 16:08:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984298/fr/singulair-montelukast-sodique</t>
   </si>
   <si>
     <t>pprd_2984298</t>
   </si>
   <si>
     <t>montélukast sodique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400343/fr/singulair-5-mg-comprime-a-croquer-boite-de-28-singulair-10-mg-comprime-pellicule-boite-de-28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_486523/fr/singulair-montelukast-sodique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_883295/fr/singulair-montelukast-sodique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_883288/fr/singulair-montelukast-sodique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2579437/fr/singulair-montelukast-antileucotriene</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2560226/fr/nexplanon-etonogestrel</t>
   </si>
   <si>
     <t>PUREGON (follitropine beta)</t>
   </si>
   <si>
     <t>05/10/2015 18:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984394/fr/puregon-follitropine-beta</t>
   </si>
   <si>
     <t>pprd_2984394</t>
   </si>
   <si>
     <t>follitropine beta</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399231/fr/puregon-300-ui/0-36ml-solution-injectable-puregon-600-ui/0-72-ml-solution-injectableboite-de-1-cartouche-et-7-aiguilles-follitropine-beta</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399232/fr/puregon-50-ui/0-5-ml-solution-injectable-puregon-75-ui/0-5-ml-solution-injectablepuregon-100-ui/0-5-ml-solution-injectablepuregon-150-ui/0-5-ml-solution-injectablepuregon-200-ui/0-5-ml-solution-injectable-boites-de-1-et-de-5-flacons</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400820/fr/puregon-50-ui/0-5-ml-solution-injectable1-flacon-cip-351-399-3-5-flacons-cip-351-400-1-puregon-75-ui/0-5-ml-solution-injectable1-flacon-cip-351-402-4-5-flacons-cip-351-403-0-puregon-100-ui/0-5-ml-solution-injectable1-flacon-cip-351-405-3-5-flacons-cip-351-407-6-puregon-150-ui/0-5-ml-solution-injectable1-flacon-cip-351-409-9-5-flacons-cip-351-410-7</t>
   </si>
@@ -1895,51 +1877,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:BP61"/>
+  <dimension ref="A1:BP60"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -4271,531 +4253,496 @@
       </c>
       <c r="D50" t="s">
         <v>13</v>
       </c>
       <c r="E50" t="s">
         <v>508</v>
       </c>
       <c r="F50" t="s">
         <v>13</v>
       </c>
       <c r="G50" t="s">
         <v>509</v>
       </c>
       <c r="H50" t="s">
         <v>510</v>
       </c>
       <c r="I50" t="s">
         <v>511</v>
       </c>
       <c r="J50" t="s">
         <v>18</v>
       </c>
       <c r="K50" t="s">
         <v>512</v>
       </c>
+      <c r="L50" t="s">
+        <v>513</v>
+      </c>
+      <c r="M50" t="s">
+        <v>514</v>
+      </c>
+      <c r="N50" t="s">
+        <v>515</v>
+      </c>
+      <c r="O50" t="s">
+        <v>516</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>11</v>
       </c>
       <c r="B51" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="C51" t="s">
         <v>13</v>
       </c>
       <c r="D51" t="s">
         <v>13</v>
       </c>
       <c r="E51" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="F51" t="s">
         <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="H51" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="I51" t="s">
-        <v>517</v>
+        <v>521</v>
       </c>
       <c r="J51" t="s">
         <v>18</v>
       </c>
       <c r="K51" t="s">
-        <v>518</v>
+        <v>522</v>
       </c>
       <c r="L51" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="M51" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="N51" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="O51" t="s">
-        <v>522</v>
+        <v>526</v>
+      </c>
+      <c r="P51" t="s">
+        <v>527</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>528</v>
+      </c>
+      <c r="R51" t="s">
+        <v>529</v>
+      </c>
+      <c r="S51" t="s">
+        <v>530</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>11</v>
       </c>
       <c r="B52" t="s">
-        <v>523</v>
+        <v>531</v>
       </c>
       <c r="C52" t="s">
         <v>13</v>
       </c>
       <c r="D52" t="s">
         <v>13</v>
       </c>
       <c r="E52" t="s">
-        <v>524</v>
+        <v>532</v>
       </c>
       <c r="F52" t="s">
         <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="H52" t="s">
-        <v>526</v>
+        <v>534</v>
       </c>
       <c r="I52" t="s">
-        <v>527</v>
+        <v>535</v>
       </c>
       <c r="J52" t="s">
         <v>18</v>
       </c>
       <c r="K52" t="s">
-        <v>528</v>
+        <v>536</v>
       </c>
       <c r="L52" t="s">
-        <v>529</v>
+        <v>537</v>
       </c>
       <c r="M52" t="s">
-        <v>530</v>
-[...17 lines deleted...]
-        <v>536</v>
+        <v>538</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>11</v>
       </c>
       <c r="B53" t="s">
-        <v>537</v>
+        <v>539</v>
       </c>
       <c r="C53" t="s">
         <v>13</v>
       </c>
       <c r="D53" t="s">
         <v>13</v>
       </c>
       <c r="E53" t="s">
-        <v>538</v>
+        <v>540</v>
       </c>
       <c r="F53" t="s">
         <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>539</v>
+        <v>541</v>
       </c>
       <c r="H53" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="I53" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="J53" t="s">
         <v>18</v>
       </c>
       <c r="K53" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="L53" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="M53" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>11</v>
       </c>
       <c r="B54" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="C54" t="s">
         <v>13</v>
       </c>
       <c r="D54" t="s">
         <v>13</v>
       </c>
       <c r="E54" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="F54" t="s">
         <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="H54" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="I54" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
       <c r="J54" t="s">
         <v>18</v>
       </c>
       <c r="K54" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="L54" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="M54" t="s">
-        <v>552</v>
+        <v>554</v>
+      </c>
+      <c r="N54" t="s">
+        <v>555</v>
+      </c>
+      <c r="O54" t="s">
+        <v>556</v>
+      </c>
+      <c r="P54" t="s">
+        <v>557</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>11</v>
       </c>
       <c r="B55" t="s">
-        <v>553</v>
+        <v>558</v>
       </c>
       <c r="C55" t="s">
         <v>13</v>
       </c>
       <c r="D55" t="s">
         <v>13</v>
       </c>
       <c r="E55" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
       <c r="H55" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="I55" t="s">
-        <v>557</v>
+        <v>562</v>
       </c>
       <c r="J55" t="s">
         <v>18</v>
       </c>
       <c r="K55" t="s">
-        <v>558</v>
+        <v>563</v>
       </c>
       <c r="L55" t="s">
-        <v>559</v>
-[...11 lines deleted...]
-        <v>563</v>
+        <v>564</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>11</v>
       </c>
       <c r="B56" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="C56" t="s">
         <v>13</v>
       </c>
       <c r="D56" t="s">
         <v>13</v>
       </c>
       <c r="E56" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="F56" t="s">
         <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="H56" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="I56" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="J56" t="s">
         <v>18</v>
       </c>
       <c r="K56" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="L56" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>11</v>
       </c>
       <c r="B57" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C57" t="s">
         <v>13</v>
       </c>
       <c r="D57" t="s">
         <v>13</v>
       </c>
       <c r="E57" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="F57" t="s">
         <v>13</v>
       </c>
       <c r="G57" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H57" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="I57" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="J57" t="s">
         <v>18</v>
       </c>
       <c r="K57" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="L57" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>11</v>
       </c>
       <c r="B58" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="C58" t="s">
         <v>13</v>
       </c>
       <c r="D58" t="s">
         <v>13</v>
       </c>
       <c r="E58" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="F58" t="s">
         <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="H58" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="I58" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="J58" t="s">
         <v>18</v>
       </c>
       <c r="K58" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="L58" t="s">
-        <v>584</v>
+        <v>585</v>
+      </c>
+      <c r="M58" t="s">
+        <v>586</v>
+      </c>
+      <c r="N58" t="s">
+        <v>587</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>11</v>
       </c>
       <c r="B59" t="s">
-        <v>585</v>
+        <v>588</v>
       </c>
       <c r="C59" t="s">
         <v>13</v>
       </c>
       <c r="D59" t="s">
         <v>13</v>
       </c>
       <c r="E59" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="F59" t="s">
         <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="H59" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="I59" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="J59" t="s">
         <v>18</v>
       </c>
       <c r="K59" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="L59" t="s">
-        <v>591</v>
+        <v>594</v>
       </c>
       <c r="M59" t="s">
-        <v>592</v>
+        <v>595</v>
       </c>
       <c r="N59" t="s">
-        <v>593</v>
+        <v>596</v>
+      </c>
+      <c r="O59" t="s">
+        <v>597</v>
+      </c>
+      <c r="P59" t="s">
+        <v>598</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>11</v>
       </c>
       <c r="B60" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C60" t="s">
         <v>13</v>
       </c>
       <c r="D60" t="s">
         <v>13</v>
       </c>
       <c r="E60" t="s">
-        <v>595</v>
+        <v>589</v>
       </c>
       <c r="F60" t="s">
         <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>596</v>
+        <v>600</v>
       </c>
       <c r="H60" t="s">
-        <v>597</v>
+        <v>601</v>
       </c>
       <c r="I60" t="s">
-        <v>598</v>
+        <v>602</v>
       </c>
       <c r="J60" t="s">
         <v>18</v>
       </c>
       <c r="K60" t="s">
-        <v>599</v>
+        <v>603</v>
       </c>
       <c r="L60" t="s">
-        <v>600</v>
+        <v>604</v>
       </c>
       <c r="M60" t="s">
-        <v>601</v>
-[...15 lines deleted...]
-      <c r="B61" t="s">
         <v>605</v>
-      </c>
-[...31 lines deleted...]
-        <v>611</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>