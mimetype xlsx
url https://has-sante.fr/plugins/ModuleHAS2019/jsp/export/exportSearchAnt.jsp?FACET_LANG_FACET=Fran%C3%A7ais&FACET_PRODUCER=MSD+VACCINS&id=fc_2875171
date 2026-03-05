--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -53,51 +53,51 @@
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>GARDASIL - GARDASIL 9 (vaccin papillomavirus humain 9-valent, recombinant, adsorbé)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>03/07/2025 17:06:28</t>
+    <t>03/07/2020 17:32:09</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983518/fr/gardasil-gardasil-9-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>pprd_2983518</t>
   </si>
   <si>
     <t>vaccin papillomavirus humain 9-valent, recombinant, adsorbé</t>
   </si>
   <si>
     <t>MSD VACCINS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_523363/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1232860/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1525559/fr/gardasil-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2796800/fr/gardasil-9-vaccin-papillomavirus-humain-9-valent-vaccin-papillomavirus-humain-9-valent-recombinant-adsorbe</t>
   </si>