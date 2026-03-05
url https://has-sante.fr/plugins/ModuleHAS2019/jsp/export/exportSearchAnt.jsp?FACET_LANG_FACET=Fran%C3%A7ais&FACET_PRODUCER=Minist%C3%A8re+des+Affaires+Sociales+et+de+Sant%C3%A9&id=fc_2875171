--- v0 (2026-01-17)
+++ v1 (2026-03-05)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="254">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="430" uniqueCount="255">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -176,51 +176,51 @@
   <si>
     <t>Avis de projet relatif à la révision de nomenclature du grand appareillage orthopédique (GAO) au titre II de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 4 juillet 2024. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>24/09/2024 00:00:00</t>
   </si>
   <si>
     <t>04/10/2024 09:17:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3545850/fr/grand-appareillage-orthopedique-gao-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-4-juillet-2024</t>
   </si>
   <si>
     <t>p_3545850</t>
   </si>
   <si>
     <t>Orthèses crâniennes pour nourrissons (modification des modalités de prise en charge) : Phase contradictoire suite à un avis de projet au JO du 7 mai 2024</t>
   </si>
   <si>
     <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux et prestations associées au titre II de la liste prévue à l’article 165-1 (LPP) du code de la sécurité sociale publié au Journal Officiel du 7 mai 2024. Phase contradictoire prévue à l’article R.165-9 du code de la sécurité sociale (CSS).</t>
   </si>
   <si>
     <t>09/07/2024 00:00:00</t>
   </si>
   <si>
-    <t>12/07/2024 09:20:01</t>
+    <t>12/07/2024 09:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3530227/fr/ortheses-craniennes-pour-nourrissons-modification-des-modalites-de-prise-en-charge-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-7-mai-2024</t>
   </si>
   <si>
     <t>p_3530227</t>
   </si>
   <si>
     <t>PESSAIRES : Phase contradictoire suite à un avis de projet au JO du 09 février 2024</t>
   </si>
   <si>
     <t>Avis de projet d’inscription des pessaires au chapitre 1er, titre Ier, de la liste prévue à l’article L. 165-1 (LPP) du code de la sécurité sociale paru le 09/02/2024.</t>
   </si>
   <si>
     <t>12/03/2024 00:00:00</t>
   </si>
   <si>
     <t>25/03/2024 09:05:07</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3500596/fr/pessaires-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-09-fevrier-2024</t>
   </si>
   <si>
     <t>p_3500596</t>
   </si>
@@ -714,50 +714,53 @@
     <t>https://www.has-sante.fr/jcms/c_2677038/fr/pompes-a-insuline-externes-portables-et-programmables-phase-contradictoire-avis-de-projet-jo-du-15-janvier-2016</t>
   </si>
   <si>
     <t>c_2677038</t>
   </si>
   <si>
     <t>Compresses et cotons : phase contradictoire avis de projet JO du 28 juillet 2015</t>
   </si>
   <si>
     <t>05/04/2016 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2677063/fr/compresses-et-cotons-phase-contradictoire-avis-de-projet-jo-du-28-juillet-2015</t>
   </si>
   <si>
     <t>c_2677063</t>
   </si>
   <si>
     <t>Orthèses d'avancée mandibulaire : phase contradictoire avis de projet JO du 7 avril 2016</t>
   </si>
   <si>
     <t>Orthèse d'avancée mandibulaire</t>
   </si>
   <si>
     <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>13/10/2016 16:42:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2677090/fr/ortheses-d-avancee-mandibulaire-phase-contradictoire-avis-de-projet-jo-du-7-avril-2016</t>
   </si>
   <si>
     <t>c_2677090</t>
   </si>
   <si>
     <t>Ventilation assistée : phase contradictoire avis de projet JO du 4 décembre 2013</t>
   </si>
   <si>
     <t>Ventilation</t>
   </si>
   <si>
     <t>05/05/2015 00:00:00</t>
   </si>
   <si>
     <t>03/07/2015 10:36:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2040346/fr/ventilation-assistee-phase-contradictoire-avis-de-projet-jo-du-4-decembre-2013</t>
   </si>
   <si>
     <t>c_2040346</t>
   </si>
@@ -2089,156 +2092,156 @@
       </c>
       <c r="H39" t="s">
         <v>231</v>
       </c>
       <c r="I39" t="s">
         <v>15</v>
       </c>
       <c r="J39" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>10</v>
       </c>
       <c r="B40" t="s">
         <v>232</v>
       </c>
       <c r="C40" t="s">
         <v>233</v>
       </c>
       <c r="D40" t="s">
         <v>234</v>
       </c>
       <c r="E40" t="s">
-        <v>225</v>
+        <v>235</v>
       </c>
       <c r="F40" t="s">
         <v>15</v>
       </c>
       <c r="G40" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="H40" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="I40" t="s">
         <v>233</v>
       </c>
       <c r="J40" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>10</v>
       </c>
       <c r="B41" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C41" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D41" t="s">
+        <v>240</v>
+      </c>
+      <c r="E41" t="s">
+        <v>241</v>
+      </c>
+      <c r="F41" t="s">
+        <v>15</v>
+      </c>
+      <c r="G41" t="s">
+        <v>242</v>
+      </c>
+      <c r="H41" t="s">
+        <v>243</v>
+      </c>
+      <c r="I41" t="s">
         <v>239</v>
-      </c>
-[...13 lines deleted...]
-        <v>238</v>
       </c>
       <c r="J41" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>10</v>
       </c>
       <c r="B42" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C42" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D42" t="s">
+        <v>246</v>
+      </c>
+      <c r="E42" t="s">
+        <v>247</v>
+      </c>
+      <c r="F42" t="s">
+        <v>15</v>
+      </c>
+      <c r="G42" t="s">
+        <v>248</v>
+      </c>
+      <c r="H42" t="s">
+        <v>249</v>
+      </c>
+      <c r="I42" t="s">
         <v>245</v>
-      </c>
-[...13 lines deleted...]
-        <v>244</v>
       </c>
       <c r="J42" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>10</v>
       </c>
       <c r="B43" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C43" t="s">
         <v>15</v>
       </c>
       <c r="D43" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="E43" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F43" t="s">
         <v>15</v>
       </c>
       <c r="G43" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H43" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="I43" t="s">
         <v>15</v>
       </c>
       <c r="J43" t="s">
         <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>