--- v0 (2025-10-19)
+++ v1 (2026-03-05)
@@ -9,95 +9,98 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Description</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
   </si>
   <si>
     <t>OTO</t>
   </si>
   <si>
+    <t>la CNEDiMTS émet un avis défavorable à la prise en charge anticipée dans l’indication revendiquée</t>
+  </si>
+  <si>
+    <t>03/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>18/06/2025 16:07:00</t>
+  </si>
+  <si>
     <t/>
-  </si>
-[...4 lines deleted...]
-    <t>18/06/2025 16:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3609400/fr/oto</t>
   </si>
   <si>
     <t>p_3609400</t>
   </si>
   <si>
     <t>Thérapie numérique de l’intolérance aux acouphènes</t>
   </si>
   <si>
     <t>OTO HEALTH LTD</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -171,58 +174,58 @@
       </c>
       <c r="I1" t="s">
         <v>8</v>
       </c>
       <c r="J1" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>10</v>
       </c>
       <c r="B2" t="s">
         <v>11</v>
       </c>
       <c r="C2" t="s">
         <v>12</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>