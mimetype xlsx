--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -9,122 +9,125 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="158" uniqueCount="101">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="102">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>COLUMVI (glofitamab)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>26/09/2025 08:47:55</t>
+    <t>23/10/2025 16:42:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453050/fr/columvi-glofitamab</t>
   </si>
   <si>
     <t>p_3453050</t>
   </si>
   <si>
     <t>glofitamab</t>
   </si>
   <si>
     <t>ROCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453038/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3487097/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532956/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639677/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3687404/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
+    <t>https://www.has-sante.fr/jcms/p_3687404/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-non-specifie-ldgcb-nos</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701929/fr/columvi-glofitamab-lymphome-diffus-a-grandes-cellules-b-non-specifie-ldgcb-nos</t>
   </si>
   <si>
     <t>PIASKY (crovalimab)</t>
   </si>
   <si>
     <t>03/07/2025 12:26:51</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634465/fr/piasky-crovalimab</t>
   </si>
   <si>
     <t>p_3634465</t>
   </si>
   <si>
     <t>crovalimab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3634418/fr/piasky-crovalimab-hemoglobinurie-paroxystique-nocturne</t>
   </si>
   <si>
     <t>EVRYSDI (risdiplam)</t>
   </si>
   <si>
     <t>21/05/2025 16:29:12</t>
   </si>
@@ -362,51 +365,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:O13"/>
+  <dimension ref="A1:P13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -449,462 +452,465 @@
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
       <c r="N2" t="s">
         <v>22</v>
       </c>
       <c r="O2" t="s">
         <v>23</v>
       </c>
+      <c r="P2" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="H3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="I3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="I4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="L4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="M5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="N5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="H6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="L6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="M6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="N6" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="O6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="H7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="I7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="H8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="H13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="I13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>