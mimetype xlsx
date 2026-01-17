--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -9,107 +9,125 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="102">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="108">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ITOVEBI (inavolisib)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>19/12/2025 11:58:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806090/fr/itovebi-inavolisib</t>
+  </si>
+  <si>
+    <t>p_3806090</t>
+  </si>
+  <si>
+    <t>inavolisib</t>
+  </si>
+  <si>
+    <t>ROCHE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3806073/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
+  </si>
+  <si>
     <t>COLUMVI (glofitamab)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>23/10/2025 16:42:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453050/fr/columvi-glofitamab</t>
   </si>
   <si>
     <t>p_3453050</t>
   </si>
   <si>
     <t>glofitamab</t>
-  </si>
-[...1 lines deleted...]
-    <t>ROCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453038/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3487097/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532956/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3639677/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3687404/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-non-specifie-ldgcb-nos</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701929/fr/columvi-glofitamab-lymphome-diffus-a-grandes-cellules-b-non-specifie-ldgcb-nos</t>
   </si>
   <si>
     <t>PIASKY (crovalimab)</t>
   </si>
   <si>
     <t>03/07/2025 12:26:51</t>
   </si>
@@ -365,51 +383,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:P13"/>
+  <dimension ref="A1:P14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -440,411 +458,411 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="L2" t="s">
-[...13 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
         <v>25</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="L3" t="s">
         <v>26</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="M3" t="s">
         <v>27</v>
       </c>
-      <c r="H3" t="s">
+      <c r="N3" t="s">
         <v>28</v>
       </c>
-      <c r="I3" t="s">
+      <c r="O3" t="s">
         <v>29</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="P3" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
         <v>31</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
         <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
         <v>33</v>
       </c>
       <c r="H4" t="s">
         <v>34</v>
       </c>
       <c r="I4" t="s">
         <v>35</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
         <v>36</v>
       </c>
-      <c r="L4" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>38</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>39</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>40</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>41</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
         <v>42</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>43</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>45</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>46</v>
+      </c>
+      <c r="H6" t="s">
         <v>47</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="I6" t="s">
         <v>48</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
         <v>49</v>
       </c>
-      <c r="H6" t="s">
+      <c r="L6" t="s">
         <v>50</v>
       </c>
-      <c r="I6" t="s">
+      <c r="M6" t="s">
         <v>51</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="N6" t="s">
         <v>52</v>
-      </c>
-[...10 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>54</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>55</v>
+      </c>
+      <c r="H7" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" t="s">
         <v>57</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
         <v>58</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="L7" t="s">
         <v>59</v>
       </c>
-      <c r="H7" t="s">
+      <c r="M7" t="s">
         <v>60</v>
       </c>
-      <c r="I7" t="s">
+      <c r="N7" t="s">
         <v>61</v>
       </c>
-      <c r="J7" t="s">
-[...2 lines deleted...]
-      <c r="K7" t="s">
+      <c r="O7" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
         <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>65</v>
       </c>
       <c r="H8" t="s">
         <v>66</v>
       </c>
       <c r="I8" t="s">
         <v>67</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
         <v>68</v>
       </c>
-      <c r="L8" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
+        <v>69</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
         <v>70</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>71</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>72</v>
       </c>
-      <c r="H9" t="s">
+      <c r="I9" t="s">
         <v>73</v>
       </c>
-      <c r="I9" t="s">
+      <c r="J9" t="s">
+        <v>18</v>
+      </c>
+      <c r="K9" t="s">
         <v>74</v>
       </c>
-      <c r="J9" t="s">
-[...2 lines deleted...]
-      <c r="K9" t="s">
+      <c r="L9" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
+        <v>76</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
         <v>77</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>78</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>79</v>
       </c>
-      <c r="H10" t="s">
+      <c r="I10" t="s">
         <v>80</v>
       </c>
-      <c r="I10" t="s">
+      <c r="J10" t="s">
+        <v>18</v>
+      </c>
+      <c r="K10" t="s">
         <v>81</v>
       </c>
-      <c r="J10" t="s">
-[...2 lines deleted...]
-      <c r="K10" t="s">
+      <c r="L10" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
+        <v>83</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
         <v>84</v>
       </c>
-      <c r="C11" t="s">
-[...5 lines deleted...]
-      <c r="E11" t="s">
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
         <v>85</v>
       </c>
-      <c r="F11" t="s">
-[...2 lines deleted...]
-      <c r="G11" t="s">
+      <c r="H11" t="s">
         <v>86</v>
       </c>
-      <c r="H11" t="s">
+      <c r="I11" t="s">
         <v>87</v>
       </c>
-      <c r="I11" t="s">
+      <c r="J11" t="s">
+        <v>18</v>
+      </c>
+      <c r="K11" t="s">
         <v>88</v>
       </c>
-      <c r="J11" t="s">
-[...2 lines deleted...]
-      <c r="K11" t="s">
+      <c r="L11" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
         <v>90</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>91</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>92</v>
       </c>
@@ -872,45 +890,80 @@
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>97</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>98</v>
       </c>
       <c r="H13" t="s">
         <v>99</v>
       </c>
       <c r="I13" t="s">
         <v>100</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
         <v>101</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>11</v>
+      </c>
+      <c r="B14" t="s">
+        <v>102</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>103</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>104</v>
+      </c>
+      <c r="H14" t="s">
+        <v>105</v>
+      </c>
+      <c r="I14" t="s">
+        <v>106</v>
+      </c>
+      <c r="J14" t="s">
+        <v>18</v>
+      </c>
+      <c r="K14" t="s">
+        <v>107</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>