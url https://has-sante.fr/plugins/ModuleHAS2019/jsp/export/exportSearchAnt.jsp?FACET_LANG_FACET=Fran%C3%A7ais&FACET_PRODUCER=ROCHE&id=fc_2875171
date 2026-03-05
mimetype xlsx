--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -9,110 +9,113 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="170" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="109">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
     <t>ITOVEBI (inavolisib)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>19/12/2025 11:58:06</t>
+    <t>21/01/2026 15:56:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806090/fr/itovebi-inavolisib</t>
   </si>
   <si>
     <t>p_3806090</t>
   </si>
   <si>
     <t>inavolisib</t>
   </si>
   <si>
     <t>ROCHE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3806073/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826119/fr/itovebi-inavolisib-cancer-du-sein-localement-avance-ou-metastatique</t>
   </si>
   <si>
     <t>COLUMVI (glofitamab)</t>
   </si>
   <si>
     <t>23/10/2025 16:42:12</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453050/fr/columvi-glofitamab</t>
   </si>
   <si>
     <t>p_3453050</t>
   </si>
   <si>
     <t>glofitamab</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3453038/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3487097/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b-ldgcb</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3532956/fr/columvi-glofitamab-lymphome-diffus-a-grande-cellule-b</t>
   </si>
@@ -458,512 +461,515 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
+      <c r="L2" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="I3" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="L3" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="M3" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="N3" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="O3" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="P3" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="I4" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="I5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="H6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="I6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="L6" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="M6" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="N6" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="H7" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I7" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="N7" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="O7" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="H8" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I8" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="H9" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="I9" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="L9" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="H10" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="I10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="H11" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="I11" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="L11" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="H12" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="I12" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H13" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I13" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H14" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I14" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>