--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -9,107 +9,137 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="124">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="134">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>FEIBA (facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>23/10/2025 16:45:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983172/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix</t>
+  </si>
+  <si>
+    <t>pprd_2983172</t>
+  </si>
+  <si>
+    <t>facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398933/fr/feiba-500-u/20-ml-poudre-et-solvant-pour-solution-injectable-feiba-1000-u/20-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400783/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2823235/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2863565/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3701920/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix-hemophilie-congenitale-et-acquise</t>
+  </si>
+  <si>
     <t>VEYVONDI (vonicog alfa)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>03/09/2025 09:35:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982964/fr/veyvondi-vonicog-alfa</t>
   </si>
   <si>
     <t>pprd_2982964</t>
   </si>
   <si>
     <t>vonicog alfa</t>
-  </si>
-[...1 lines deleted...]
-    <t>TAKEDA FRANCE SAS</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2891542/fr/veyvondi-vonicog-alfa</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3643239/fr/veyvondi-vonicog-alfa-maladie-de-willebrand</t>
   </si>
   <si>
     <t>QDENGA (vaccin tétravalent contre la dengue, vivant, atténué)</t>
   </si>
   <si>
     <t>11/07/2025 17:46:23</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635682/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue</t>
   </si>
   <si>
     <t>p_3635682</t>
   </si>
   <si>
     <t>vaccin tétravalent contre la dengue, vivant, atténué</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3635500/fr/qdenga-vaccin-tetravalent-contre-la-dengue-vivant-attenue-vaccin-anti-dengue</t>
   </si>
@@ -431,51 +461,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AB12"/>
+  <dimension ref="A1:AB13"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -509,526 +539,573 @@
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
+      <c r="M2" t="s">
+        <v>21</v>
+      </c>
+      <c r="N2" t="s">
+        <v>22</v>
+      </c>
+      <c r="O2" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="H3" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="I3" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
-        <v>26</v>
+        <v>29</v>
+      </c>
+      <c r="L3" t="s">
+        <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H4" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="I4" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="M5" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="N5" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="M6" t="s">
-        <v>50</v>
+        <v>51</v>
+      </c>
+      <c r="N6" t="s">
+        <v>52</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="H7" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="I7" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="L7" t="s">
-        <v>57</v>
+        <v>59</v>
+      </c>
+      <c r="M7" t="s">
+        <v>60</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="H8" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="I8" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="L8" t="s">
-        <v>64</v>
-[...7 lines deleted...]
-      <c r="O8" t="s">
         <v>67</v>
-      </c>
-[...7 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
+        <v>68</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>69</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>70</v>
+      </c>
+      <c r="H9" t="s">
         <v>71</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="I9" t="s">
         <v>72</v>
-      </c>
-[...10 lines deleted...]
-        <v>75</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
+        <v>73</v>
+      </c>
+      <c r="L9" t="s">
+        <v>74</v>
+      </c>
+      <c r="M9" t="s">
+        <v>75</v>
+      </c>
+      <c r="N9" t="s">
         <v>76</v>
       </c>
-      <c r="L9" t="s">
+      <c r="O9" t="s">
         <v>77</v>
       </c>
-      <c r="M9" t="s">
+      <c r="P9" t="s">
         <v>78</v>
       </c>
-      <c r="N9" t="s">
+      <c r="Q9" t="s">
         <v>79</v>
+      </c>
+      <c r="R9" t="s">
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="H10" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="I10" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="L10" t="s">
-        <v>86</v>
+        <v>87</v>
+      </c>
+      <c r="M10" t="s">
+        <v>88</v>
+      </c>
+      <c r="N10" t="s">
+        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="H11" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="I11" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="L11" t="s">
-        <v>93</v>
-[...7 lines deleted...]
-      <c r="O11" t="s">
         <v>96</v>
-      </c>
-[...10 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
+        <v>97</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>98</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>99</v>
+      </c>
+      <c r="H12" t="s">
+        <v>100</v>
+      </c>
+      <c r="I12" t="s">
         <v>101</v>
-      </c>
-[...19 lines deleted...]
-        <v>105</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
+        <v>102</v>
+      </c>
+      <c r="L12" t="s">
+        <v>103</v>
+      </c>
+      <c r="M12" t="s">
+        <v>104</v>
+      </c>
+      <c r="N12" t="s">
+        <v>105</v>
+      </c>
+      <c r="O12" t="s">
         <v>106</v>
       </c>
-      <c r="L12" t="s">
+      <c r="P12" t="s">
         <v>107</v>
       </c>
-      <c r="M12" t="s">
+      <c r="Q12" t="s">
         <v>108</v>
       </c>
-      <c r="N12" t="s">
+      <c r="R12" t="s">
         <v>109</v>
       </c>
-      <c r="O12" t="s">
+      <c r="S12" t="s">
         <v>110</v>
       </c>
-      <c r="P12" t="s">
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>11</v>
+      </c>
+      <c r="B13" t="s">
         <v>111</v>
       </c>
-      <c r="Q12" t="s">
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>112</v>
       </c>
-      <c r="R12" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>113</v>
       </c>
-      <c r="S12" t="s">
+      <c r="H13" t="s">
         <v>114</v>
       </c>
-      <c r="T12" t="s">
+      <c r="I13" t="s">
         <v>115</v>
       </c>
-      <c r="U12" t="s">
+      <c r="J13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K13" t="s">
         <v>116</v>
       </c>
-      <c r="V12" t="s">
+      <c r="L13" t="s">
         <v>117</v>
       </c>
-      <c r="W12" t="s">
+      <c r="M13" t="s">
         <v>118</v>
       </c>
-      <c r="X12" t="s">
+      <c r="N13" t="s">
         <v>119</v>
       </c>
-      <c r="Y12" t="s">
+      <c r="O13" t="s">
         <v>120</v>
       </c>
-      <c r="Z12" t="s">
+      <c r="P13" t="s">
         <v>121</v>
       </c>
-      <c r="AA12" t="s">
+      <c r="Q13" t="s">
         <v>122</v>
       </c>
-      <c r="AB12" t="s">
+      <c r="R13" t="s">
         <v>123</v>
+      </c>
+      <c r="S13" t="s">
+        <v>124</v>
+      </c>
+      <c r="T13" t="s">
+        <v>125</v>
+      </c>
+      <c r="U13" t="s">
+        <v>126</v>
+      </c>
+      <c r="V13" t="s">
+        <v>127</v>
+      </c>
+      <c r="W13" t="s">
+        <v>128</v>
+      </c>
+      <c r="X13" t="s">
+        <v>129</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>130</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>131</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>132</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>133</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>