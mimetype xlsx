--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -9,109 +9,166 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="192" uniqueCount="134">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="194" uniqueCount="136">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ADZYNMA (ADAMTS13r)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>12/02/2026 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495308/fr/adzynma-adamts13r</t>
+  </si>
+  <si>
+    <t>p_3495308</t>
+  </si>
+  <si>
+    <t>ADAMTS13r</t>
+  </si>
+  <si>
+    <t>TAKEDA FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495284/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3576108/fr/adzynma-apadamtase-alfa-purpura-thrombotique-thrombocytopenique-congenital-pttc-pediatrie</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3586231/fr/adzynma-adamts13r-purpura-thrombotique-thrombocytopenique-congenital-pttc</t>
+  </si>
+  <si>
+    <t>TAKHZYRO (lanadelumab)</t>
+  </si>
+  <si>
+    <t>05/02/2026 18:48:03</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982720/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>pprd_2982720</t>
+  </si>
+  <si>
+    <t>lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2973363/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3201790/fr/takhzyro-lanadelumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3495394/fr/takhzyro-lanadelumab-angioedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3498741/fr/takhzyro-lanadelumab-angiooedeme-hereditaire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3785142/fr/takhzyro-lanadelumab-angioedeme-hereditaire-aoh-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3858395/fr/takhzyro-lanadelumab-angiooedeme-hereditaire-chez-les-patients-ages-de-12-ans-et-plus</t>
+  </si>
+  <si>
     <t>FEIBA (facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>23/10/2025 16:45:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983172/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix</t>
   </si>
   <si>
     <t>pprd_2983172</t>
   </si>
   <si>
     <t>facteurs de coagulation ayant une activité court-circuitant l'inhibiteur du facteur VIII et IX</t>
   </si>
   <si>
-    <t>TAKEDA FRANCE SAS</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_398933/fr/feiba-500-u/20-ml-poudre-et-solvant-pour-solution-injectable-feiba-1000-u/20-ml-poudre-et-solvant-pour-solution-injectable-boite-de-1</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400783/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823235/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2863565/fr/feiba-facteur-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteu</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3701920/fr/feiba-facteurs-de-coagulation-ayant-une-activite-court-circuitant-l-inhibiteur-du-facteur-viii-et-ix-hemophilie-congenitale-et-acquise</t>
   </si>
   <si>
     <t>VEYVONDI (vonicog alfa)</t>
   </si>
   <si>
     <t>03/09/2025 09:35:10</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2982964/fr/veyvondi-vonicog-alfa</t>
   </si>
   <si>
     <t>pprd_2982964</t>
@@ -170,74 +227,50 @@
   <si>
     <t>05/03/2025 18:58:28</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2983419/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique</t>
   </si>
   <si>
     <t>pprd_2983419</t>
   </si>
   <si>
     <t>immunoglobuline humaine normale (plasmatique)</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2823770/fr/hyqvia-immunoglobuline-humaine-normale-immunoglobuline-humaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2559091/fr/hyqvia-immunoglobuline-humaine-normale</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3480473/fr/hyqvia-immunoglobuline-humaine-normale-co-administree-avec-la-hyaluronidase-humaine-recombinante-immunoglobuline</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3594402/fr/hyqvia-immunoglobuline-humaine-normale-plasmatique-polyradiculonevrite-inflammatoire-demyelinisante-chronique-pidc</t>
   </si>
   <si>
-    <t>ADZYNMA (ADAMTS13r)</t>
-[...22 lines deleted...]
-  <si>
     <t>FRUZAQLA (fruquintinib)</t>
   </si>
   <si>
     <t>27/11/2024 15:27:33</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553078/fr/fruzaqla-fruquintinib</t>
   </si>
   <si>
     <t>p_3553078</t>
   </si>
   <si>
     <t>fruquintinib</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3553066/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3561105/fr/fruzaqla-fruquintinib-cancer-colorectal-metastatique-ccrm</t>
   </si>
   <si>
     <t>REVESTIVE (teduglutide)</t>
   </si>
   <si>
     <t>21/05/2024 08:38:45</t>
@@ -252,77 +285,50 @@
     <t>teduglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2007289/fr/revestive-teduglutide-analogue-de-synthese-du-glp-2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2582560/fr/revestive-teduglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2752851/fr/revestive-teduglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2752866/fr/revestive-teduglutide-analogue-de-synthese-du-glp-2</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2806909/fr/revestive-teduglutide</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3517563/fr/revestive-teduglutide-syndrome-du-grele-court-chez-les-nourrissons-ages-de-4-a-12-mois</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3518114/fr/revestive-teduglutide-syndrome-du-grele-court-chez-l-adulte</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3518108/fr/revestive-teduglutide-syndrome-du-grele-court-chez-les-enfants-ages-de-1-an-et-plus</t>
-  </si>
-[...25 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3498741/fr/takhzyro-lanadelumab-angiooedeme-hereditaire</t>
   </si>
   <si>
     <t>CEPROTIN (protéine C humaine)</t>
   </si>
   <si>
     <t>03/08/2023 10:15:29</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986060/fr/ceprotin-proteine-c-humaine</t>
   </si>
   <si>
     <t>pprd_2986060</t>
   </si>
   <si>
     <t>protéine C humaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_399216/fr/ceprotin-500-ui/5-ml-proteine-c-humaine</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3456312/fr/ceprotin-proteine-c-humaine-deficit-congenital-severe-en-proteine-c</t>
   </si>
   <si>
     <t>OGAST - OGASTORO (lansoprazole)</t>
   </si>
@@ -542,570 +548,576 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
       <c r="L2" t="s">
         <v>20</v>
       </c>
       <c r="M2" t="s">
         <v>21</v>
       </c>
-      <c r="N2" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>23</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>25</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="I3" t="s">
         <v>26</v>
-      </c>
-[...4 lines deleted...]
-        <v>28</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
+        <v>27</v>
+      </c>
+      <c r="L3" t="s">
+        <v>28</v>
+      </c>
+      <c r="M3" t="s">
         <v>29</v>
       </c>
-      <c r="L3" t="s">
+      <c r="N3" t="s">
         <v>30</v>
+      </c>
+      <c r="O3" t="s">
+        <v>31</v>
+      </c>
+      <c r="P3" t="s">
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="H4" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="I4" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>36</v>
+        <v>38</v>
+      </c>
+      <c r="L4" t="s">
+        <v>39</v>
+      </c>
+      <c r="M4" t="s">
+        <v>40</v>
+      </c>
+      <c r="N4" t="s">
+        <v>41</v>
+      </c>
+      <c r="O4" t="s">
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>38</v>
+        <v>44</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>39</v>
+        <v>45</v>
       </c>
       <c r="H5" t="s">
-        <v>40</v>
+        <v>46</v>
       </c>
       <c r="I5" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="L5" t="s">
-        <v>43</v>
-[...2 lines deleted...]
-        <v>42</v>
+        <v>49</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>46</v>
+        <v>52</v>
       </c>
       <c r="H6" t="s">
-        <v>47</v>
+        <v>53</v>
       </c>
       <c r="I6" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>49</v>
-[...8 lines deleted...]
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="H7" t="s">
-        <v>56</v>
+        <v>59</v>
       </c>
       <c r="I7" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="J7" t="s">
         <v>18</v>
       </c>
       <c r="K7" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="L7" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="M7" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="H8" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="I8" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
       <c r="J8" t="s">
         <v>18</v>
       </c>
       <c r="K8" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="L8" t="s">
-        <v>67</v>
+        <v>69</v>
+      </c>
+      <c r="M8" t="s">
+        <v>70</v>
+      </c>
+      <c r="N8" t="s">
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="H9" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="I9" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="J9" t="s">
         <v>18</v>
       </c>
       <c r="K9" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="L9" t="s">
-        <v>74</v>
-[...10 lines deleted...]
-      <c r="P9" t="s">
         <v>78</v>
-      </c>
-[...4 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>80</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>81</v>
       </c>
-      <c r="C10" t="s">
-[...5 lines deleted...]
-      <c r="E10" t="s">
+      <c r="H10" t="s">
         <v>82</v>
       </c>
-      <c r="F10" t="s">
-[...2 lines deleted...]
-      <c r="G10" t="s">
+      <c r="I10" t="s">
         <v>83</v>
-      </c>
-[...4 lines deleted...]
-        <v>85</v>
       </c>
       <c r="J10" t="s">
         <v>18</v>
       </c>
       <c r="K10" t="s">
+        <v>84</v>
+      </c>
+      <c r="L10" t="s">
+        <v>85</v>
+      </c>
+      <c r="M10" t="s">
         <v>86</v>
       </c>
-      <c r="L10" t="s">
+      <c r="N10" t="s">
         <v>87</v>
       </c>
-      <c r="M10" t="s">
+      <c r="O10" t="s">
         <v>88</v>
       </c>
-      <c r="N10" t="s">
+      <c r="P10" t="s">
         <v>89</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>90</v>
+      </c>
+      <c r="R10" t="s">
+        <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C11" t="s">
         <v>13</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="H11" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="I11" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="J11" t="s">
         <v>18</v>
       </c>
       <c r="K11" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="L11" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="C12" t="s">
         <v>13</v>
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="H12" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="I12" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="L12" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="M12" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="N12" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="O12" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="P12" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="Q12" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
       <c r="R12" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="S12" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C13" t="s">
         <v>13</v>
       </c>
       <c r="D13" t="s">
         <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="H13" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="I13" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="J13" t="s">
         <v>18</v>
       </c>
       <c r="K13" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="L13" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="M13" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="N13" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="O13" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="P13" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="Q13" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="R13" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="S13" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="T13" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="U13" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="V13" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="W13" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="X13" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="Y13" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="Z13" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="AA13" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="AB13" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>