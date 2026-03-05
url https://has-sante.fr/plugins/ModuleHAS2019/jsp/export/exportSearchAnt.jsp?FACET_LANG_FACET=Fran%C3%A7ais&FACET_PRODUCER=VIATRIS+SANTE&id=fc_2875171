--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -9,107 +9,125 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="216" uniqueCount="144">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="227" uniqueCount="150">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>ELFASETTE (désogestrel)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>20/02/2026 16:28:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3868176/fr/elfasette-desogestrel</t>
+  </si>
+  <si>
+    <t>p_3868176</t>
+  </si>
+  <si>
+    <t>désogestrel</t>
+  </si>
+  <si>
+    <t>VIATRIS SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3861367/fr/elfasette-desogestrel-contraception</t>
+  </si>
+  <si>
     <t>DERMESTRIL - DERMESTRIL SEPTEM (estradiol hémihydraté)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>14/10/2025 15:11:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984501/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>pprd_2984501</t>
   </si>
   <si>
     <t>estradiol hémihydraté</t>
-  </si>
-[...1 lines deleted...]
-    <t>VIATRIS SANTE</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_400704/fr/dermestril-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_901524/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1753183/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2040742/fr/dermestril-dermestril-septem-estradiol-hemihydrate</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3689712/fr/reevaluation-des-specialites-indiquees-dans-le-traitement-hormonal-de-la-menopause-estradiol-estriol-tibolone-acetate-de-cyproterone-dydrogesterone-levonorgestrel-medrogestone-medroxyprogesterone-acetate-de-norethisterone-progesterone</t>
   </si>
   <si>
     <t>XALATAN (latanoprost)</t>
   </si>
   <si>
     <t>10/10/2025 15:34:26</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2984107/fr/xalatan-latanoprost</t>
   </si>
@@ -491,51 +509,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AD16"/>
+  <dimension ref="A1:AD17"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -566,303 +584,303 @@
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
         <v>14</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>15</v>
       </c>
       <c r="H2" t="s">
         <v>16</v>
       </c>
       <c r="I2" t="s">
         <v>17</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
       <c r="K2" t="s">
         <v>19</v>
       </c>
-      <c r="L2" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
+        <v>20</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>21</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>22</v>
+      </c>
+      <c r="H3" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
         <v>24</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="J3" t="s">
+        <v>18</v>
+      </c>
+      <c r="K3" t="s">
         <v>25</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>26</v>
       </c>
-      <c r="H3" t="s">
+      <c r="M3" t="s">
         <v>27</v>
       </c>
-      <c r="I3" t="s">
+      <c r="N3" t="s">
         <v>28</v>
       </c>
-      <c r="J3" t="s">
-[...2 lines deleted...]
-      <c r="K3" t="s">
+      <c r="O3" t="s">
         <v>29</v>
-      </c>
-[...16 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
+        <v>30</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>31</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>32</v>
+      </c>
+      <c r="H4" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" t="s">
+        <v>18</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" t="s">
         <v>36</v>
       </c>
-      <c r="C4" t="s">
-[...5 lines deleted...]
-      <c r="E4" t="s">
+      <c r="M4" t="s">
         <v>37</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="N4" t="s">
         <v>38</v>
       </c>
-      <c r="H4" t="s">
+      <c r="O4" t="s">
         <v>39</v>
       </c>
-      <c r="I4" t="s">
+      <c r="P4" t="s">
         <v>40</v>
       </c>
-      <c r="J4" t="s">
-[...2 lines deleted...]
-      <c r="K4" t="s">
+      <c r="Q4" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
+        <v>42</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
         <v>43</v>
       </c>
-      <c r="C5" t="s">
-[...5 lines deleted...]
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>45</v>
       </c>
-      <c r="H5" t="s">
+      <c r="I5" t="s">
         <v>46</v>
       </c>
-      <c r="I5" t="s">
+      <c r="J5" t="s">
+        <v>18</v>
+      </c>
+      <c r="K5" t="s">
         <v>47</v>
       </c>
-      <c r="J5" t="s">
-[...2 lines deleted...]
-      <c r="K5" t="s">
+      <c r="L5" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
+        <v>49</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>51</v>
       </c>
-      <c r="C6" t="s">
-[...5 lines deleted...]
-      <c r="E6" t="s">
+      <c r="H6" t="s">
         <v>52</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="I6" t="s">
         <v>53</v>
       </c>
-      <c r="H6" t="s">
+      <c r="J6" t="s">
+        <v>18</v>
+      </c>
+      <c r="K6" t="s">
         <v>54</v>
       </c>
-      <c r="I6" t="s">
+      <c r="L6" t="s">
         <v>55</v>
       </c>
-      <c r="J6" t="s">
-[...2 lines deleted...]
-      <c r="K6" t="s">
+      <c r="M6" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>11</v>
       </c>
       <c r="B7" t="s">
+        <v>57</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
         <v>58</v>
       </c>
-      <c r="C7" t="s">
-[...5 lines deleted...]
-      <c r="E7" t="s">
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>59</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>60</v>
       </c>
-      <c r="H7" t="s">
+      <c r="I7" t="s">
         <v>61</v>
       </c>
-      <c r="I7" t="s">
+      <c r="J7" t="s">
+        <v>18</v>
+      </c>
+      <c r="K7" t="s">
         <v>62</v>
       </c>
-      <c r="J7" t="s">
-[...2 lines deleted...]
-      <c r="K7" t="s">
+      <c r="L7" t="s">
         <v>63</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
         <v>65</v>
       </c>
-      <c r="C8" t="s">
-[...5 lines deleted...]
-      <c r="E8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>66</v>
       </c>
-      <c r="F8" t="s">
-[...2 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>67</v>
       </c>
-      <c r="H8" t="s">
+      <c r="I8" t="s">
         <v>68</v>
       </c>
-      <c r="I8" t="s">
+      <c r="J8" t="s">
+        <v>18</v>
+      </c>
+      <c r="K8" t="s">
         <v>69</v>
       </c>
-      <c r="J8" t="s">
-[...2 lines deleted...]
-      <c r="K8" t="s">
+      <c r="L8" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>71</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
         <v>72</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>73</v>
       </c>
@@ -961,259 +979,294 @@
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>90</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>91</v>
       </c>
       <c r="H12" t="s">
         <v>92</v>
       </c>
       <c r="I12" t="s">
         <v>93</v>
       </c>
       <c r="J12" t="s">
         <v>18</v>
       </c>
       <c r="K12" t="s">
         <v>94</v>
       </c>
-      <c r="L12" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>11</v>
       </c>
       <c r="B13" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>96</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>97</v>
       </c>
-      <c r="C13" t="s">
-[...5 lines deleted...]
-      <c r="E13" t="s">
+      <c r="H13" t="s">
         <v>98</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="I13" t="s">
         <v>99</v>
       </c>
-      <c r="H13" t="s">
+      <c r="J13" t="s">
+        <v>18</v>
+      </c>
+      <c r="K13" t="s">
         <v>100</v>
       </c>
-      <c r="I13" t="s">
+      <c r="L13" t="s">
         <v>101</v>
       </c>
-      <c r="J13" t="s">
-[...2 lines deleted...]
-      <c r="K13" t="s">
+      <c r="M13" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>11</v>
       </c>
       <c r="B14" t="s">
         <v>103</v>
       </c>
       <c r="C14" t="s">
         <v>13</v>
       </c>
       <c r="D14" t="s">
         <v>13</v>
       </c>
       <c r="E14" t="s">
         <v>104</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
         <v>105</v>
       </c>
       <c r="H14" t="s">
         <v>106</v>
       </c>
       <c r="I14" t="s">
         <v>107</v>
       </c>
       <c r="J14" t="s">
         <v>18</v>
       </c>
       <c r="K14" t="s">
         <v>108</v>
       </c>
-      <c r="L14" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>11</v>
       </c>
       <c r="B15" t="s">
+        <v>109</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>110</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>111</v>
+      </c>
+      <c r="H15" t="s">
+        <v>112</v>
+      </c>
+      <c r="I15" t="s">
         <v>113</v>
       </c>
-      <c r="C15" t="s">
-[...5 lines deleted...]
-      <c r="E15" t="s">
+      <c r="J15" t="s">
+        <v>18</v>
+      </c>
+      <c r="K15" t="s">
         <v>114</v>
       </c>
-      <c r="F15" t="s">
-[...2 lines deleted...]
-      <c r="G15" t="s">
+      <c r="L15" t="s">
         <v>115</v>
       </c>
-      <c r="H15" t="s">
+      <c r="M15" t="s">
         <v>116</v>
       </c>
-      <c r="I15" t="s">
+      <c r="N15" t="s">
         <v>117</v>
       </c>
-      <c r="J15" t="s">
-[...2 lines deleted...]
-      <c r="K15" t="s">
+      <c r="O15" t="s">
         <v>118</v>
-      </c>
-[...55 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>11</v>
       </c>
       <c r="B16" t="s">
+        <v>119</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>121</v>
+      </c>
+      <c r="H16" t="s">
+        <v>122</v>
+      </c>
+      <c r="I16" t="s">
+        <v>123</v>
+      </c>
+      <c r="J16" t="s">
+        <v>18</v>
+      </c>
+      <c r="K16" t="s">
+        <v>124</v>
+      </c>
+      <c r="L16" t="s">
+        <v>125</v>
+      </c>
+      <c r="M16" t="s">
+        <v>126</v>
+      </c>
+      <c r="N16" t="s">
+        <v>127</v>
+      </c>
+      <c r="O16" t="s">
+        <v>128</v>
+      </c>
+      <c r="P16" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>130</v>
+      </c>
+      <c r="R16" t="s">
+        <v>131</v>
+      </c>
+      <c r="S16" t="s">
+        <v>132</v>
+      </c>
+      <c r="T16" t="s">
+        <v>133</v>
+      </c>
+      <c r="U16" t="s">
+        <v>134</v>
+      </c>
+      <c r="V16" t="s">
+        <v>135</v>
+      </c>
+      <c r="W16" t="s">
+        <v>136</v>
+      </c>
+      <c r="X16" t="s">
+        <v>137</v>
+      </c>
+      <c r="Y16" t="s">
         <v>138</v>
       </c>
-      <c r="C16" t="s">
-[...5 lines deleted...]
-      <c r="E16" t="s">
+      <c r="Z16" t="s">
         <v>139</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="AA16" t="s">
         <v>140</v>
       </c>
-      <c r="H16" t="s">
+      <c r="AB16" t="s">
         <v>141</v>
       </c>
-      <c r="I16" t="s">
+      <c r="AC16" t="s">
         <v>142</v>
       </c>
-      <c r="J16" t="s">
-[...2 lines deleted...]
-      <c r="K16" t="s">
+      <c r="AD16" t="s">
         <v>143</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>11</v>
+      </c>
+      <c r="B17" t="s">
+        <v>144</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>145</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>146</v>
+      </c>
+      <c r="H17" t="s">
+        <v>147</v>
+      </c>
+      <c r="I17" t="s">
+        <v>148</v>
+      </c>
+      <c r="J17" t="s">
+        <v>18</v>
+      </c>
+      <c r="K17" t="s">
+        <v>149</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>