--- v0 (2025-10-18)
+++ v1 (2026-03-05)
@@ -9,131 +9,134 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Medicament" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="72" uniqueCount="50">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="73" uniqueCount="51">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
     <t>Substance active (DCI)</t>
   </si>
   <si>
     <t>Laboratoire / Fabricant</t>
   </si>
   <si>
     <t>Avis sur les Médicaments</t>
   </si>
   <si>
     <t>Médicament</t>
   </si>
   <si>
+    <t>FLUCELVAX (vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires)</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>29/01/2026 16:50:20</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594797/fr/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires</t>
+  </si>
+  <si>
+    <t>p_3594797</t>
+  </si>
+  <si>
+    <t>vaccin grippal inactivé, antigène de surface, préparé sur cultures cellulaires</t>
+  </si>
+  <si>
+    <t>VIFOR FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594714/fr/flucelvax-tiv-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3837721/fr/flucelvax-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal-chez-les-adultes-et-enfants-a-partir-de-6-mois</t>
+  </si>
+  <si>
     <t>FLUAD (vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant)</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>21/05/2025 16:30:52</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/pprd_2986107/fr/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant</t>
   </si>
   <si>
     <t>pprd_2986107</t>
   </si>
   <si>
     <t>vaccin trivalent antigrippal, antigènes de surface, inactivé, avec adjuvant</t>
   </si>
   <si>
-    <t>VIFOR FRANCE</t>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/c_398937/fr/fluad-antigenes-de-surface-de-virus-grippal-cultive-sur-oeufs-avec-l-adjuvant-mf59-c-1-3-souches-a-h3n2-a-h1n1-b-de-myxovirus-influenzae-conformes-aux-recommandations-de-l-oms-et-a-la-decision-de-la-communaute-europeenne-15-microgrammes-d-hemagglutinine-pour-chaque-souche</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3606844/fr/fluad-vaccin-trivalent-antigrippal-antigenes-de-surface-inactive-avec-adjuvant-vaccin-antigrippal</t>
-  </si>
-[...16 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3594714/fr/flucelvax-tiv-vaccin-grippal-inactive-antigene-de-surface-prepare-sur-cultures-cellulaires-vaccin-antigrippal</t>
   </si>
   <si>
     <t>FILSPARI (sparsentan)</t>
   </si>
   <si>
     <t>03/12/2024 17:03:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3543081/fr/filspari-sparsentan</t>
   </si>
   <si>
     <t>p_3543081</t>
   </si>
   <si>
     <t>sparsentan</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3543060/fr/filspari-sparsentan-nephropathie-a-iga-primitive</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3562970/fr/filspari-sparsentan-nephropathie-a-immunoglobulines-a-primitive-n-iga</t>
   </si>
   <si>
     <t>TAVNEOS (avacopan)</t>
   </si>
@@ -322,164 +325,167 @@
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>22</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>23</v>
       </c>
       <c r="H3" t="s">
         <v>24</v>
       </c>
       <c r="I3" t="s">
         <v>25</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
       <c r="K3" t="s">
         <v>26</v>
       </c>
+      <c r="L3" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="H4" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="I4" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="J4" t="s">
         <v>18</v>
       </c>
       <c r="K4" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="L4" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="H5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="I5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="J5" t="s">
         <v>18</v>
       </c>
       <c r="K5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="N5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="H6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="I6" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="J6" t="s">
         <v>18</v>
       </c>
       <c r="K6" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="L6" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>