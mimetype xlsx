--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -75,101 +75,122 @@
     <t/>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
     <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
   </si>
   <si>
     <t>A summary statement in English will be available in due course.</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
+  </si>
+  <si>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Second-line non-invasive skin imaging techniques, including in vivo reflectance confocal microscopy (RCM), for the diagnosis and preoperative mapping of melanoma - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The technology assessment aimed to determine the clinical utility of a new diagnostic strategy for melanoma, a form of pigmented skin cancer. This approach involved comparing a strategy using non-invasive second-line skin imaging, including in vivo confocal microscopy, with the reference strategy, in situations where the diagnosis of pigmented lesions (naevi) remains equivocal in dermoscopy or for preoperative mapping of the most complex cases of melanoma on the face, particularly Dubreuilh melanoma.</t>
+  </si>
+  <si>
+    <t>11/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>11/19/2025 16:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473354/en/second-line-non-invasive-skin-imaging-techniques-including-in-vivo-reflectance-confocal-microscopy-rcm-for-the-diagnosis-and-preoperative-mapping-of-melanoma-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3473354</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -209,43 +230,69 @@
       <c r="A3" t="s">
         <v>16</v>
       </c>
       <c r="B3" t="s">
         <v>17</v>
       </c>
       <c r="C3" t="s">
         <v>18</v>
       </c>
       <c r="D3" t="s">
         <v>19</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>23</v>
+      </c>
+      <c r="C4" t="s">
+        <v>24</v>
+      </c>
+      <c r="D4" t="s">
+        <v>25</v>
+      </c>
+      <c r="E4" t="s">
+        <v>26</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>27</v>
+      </c>
+      <c r="H4" t="s">
+        <v>28</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>