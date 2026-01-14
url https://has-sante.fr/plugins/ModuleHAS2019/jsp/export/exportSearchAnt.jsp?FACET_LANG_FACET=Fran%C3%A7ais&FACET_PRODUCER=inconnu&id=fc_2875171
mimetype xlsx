--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -36,51 +36,51 @@
     <sheet name="Export Public Health guideline" r:id="rId5" sheetId="3"/>
     <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
     <sheet name="Export Chronic disease guide" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
     <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="566" uniqueCount="369">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="387">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -155,50 +155,68 @@
   <si>
     <t>RELAY - 14 september 2010 (2708) -Opinion</t>
   </si>
   <si>
     <t>Thoracic aortic stent-graft</t>
   </si>
   <si>
     <t>09/14/2010 00:00:00</t>
   </si>
   <si>
     <t>03/20/2012 10:21:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_977149/en/relay-14-september-2010-2708-opinion</t>
   </si>
   <si>
     <t>c_977149</t>
   </si>
   <si>
     <t>ABS – Bolton Medical</t>
   </si>
   <si>
     <t>Public Health guideline</t>
   </si>
   <si>
+    <t>Dengue vaccination strategy – Role of the Qdenga vaccine - Recommend</t>
+  </si>
+  <si>
+    <t>The HAS recommends the implementation of vaccination against dengue fever using the Qdenga vaccine in the French territories of America (the Antilles and French Guiana), as well as in Mayotte and Réunion. The HAS recommends vaccinating children aged 6 to 16 with a history of dengue infection in these territories, as well as adults aged 17 to 60 with comorbidities, with or without a history of infection.</t>
+  </si>
+  <si>
+    <t>12/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>12/17/2024 11:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3461308/en/dengue-vaccination-strategy-role-of-the-qdenga-vaccine-recommend</t>
+  </si>
+  <si>
+    <t>p_3461308</t>
+  </si>
+  <si>
     <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
     <t>07/10/2024 00:00:00</t>
   </si>
   <si>
     <t>07/10/2024 16:07:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
     <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
     <t>01/22/2020 00:00:00</t>
@@ -278,50 +296,68 @@
   <si>
     <t>10/21/2008 10:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_704257/en/hiv-infection-screening-in-france-laboratory-tests-and-algorithms</t>
   </si>
   <si>
     <t>c_704257</t>
   </si>
   <si>
     <t>Appropriateness of systematic screening for prostatic cancer by prostate specific antigen (PSA)</t>
   </si>
   <si>
     <t>01/01/1999 00:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_461999/en/appropriateness-of-systematic-screening-for-prostatic-cancer-by-prostate-specific-antigen-psa</t>
   </si>
   <si>
     <t>c_461999</t>
   </si>
   <si>
     <t>Practice guidelines</t>
   </si>
   <si>
+    <t>Diagnosis and Management of Children with Post Intensive Care Syndrome in Paediatrics (PICS-p)</t>
+  </si>
+  <si>
+    <t>PICS-p (Post-Intensive Care Syndrome in Pediatrics) refers to a set of symptoms that appear following a stay in pediatric critical care. It can lead to activity limitations, impair the quality of life of the child and their family, and disrupt the family structure. Symptoms may affect the child and/or their parents, and/or siblings, and/or close family members. The diagnosis should be considered in the presence of any new, persistent, or worsening symptoms occurring after hospitalization in pediatric critical care, particularly in high-risk patients. Screening for PICS-p involves all healthcare professionals who may see the child, especially within the year following admission to pediatric critical care. History-taking and physical examination alone may help identify a possible PICS-p. A number of risk factors have been identified before, during, and at discharge/after pediatric critical care.</t>
+  </si>
+  <si>
+    <t>07/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>09/05/2025 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3643610/en/diagnosis-and-management-of-children-with-post-intensive-care-syndrome-in-paediatrics-pics-p</t>
+  </si>
+  <si>
+    <t>p_3643610</t>
+  </si>
+  <si>
     <t>Oral and dental care of patients at risk of infective endocarditis</t>
   </si>
   <si>
     <t>The dental care of patients at risk of infective endocarditis is multidisciplinary and complex. The dental treatment options are limited in high-risk patients, with some oral and dental procedures currently contraindicated in the French guidelines, which are old (ANSM 2011). The purpose of the updated guidelines is to define patients at high or intermediate risk of infective endocarditis, to improve the dental care of patients at high risk of infective endocarditis, based on a critical review of the literature, which has led to an increase in the number of authorised invasive procedures (with or without antibiotic prophylaxis), and to reduce the number of situations requiring tooth extractions.</t>
   </si>
   <si>
     <t>10/24/2024 00:00:00</t>
   </si>
   <si>
     <t>11/29/2021 15:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
     <t>Normal childbirth: support of physiology and medical interventions</t>
   </si>
   <si>
     <t>Define for women at low obstetric risk how to take care of the pace and spontaneous development of birth and women's preferences. Improve and guarantee the quality and safety of maternal and newborn care.</t>
   </si>
   <si>
     <t>11/23/2023 00:00:00</t>
@@ -642,50 +678,68 @@
     <t>c_272417</t>
   </si>
   <si>
     <t>Chronic disease guide</t>
   </si>
   <si>
     <t>Care pathway guide: overweight and obesity in children and adolescents</t>
   </si>
   <si>
     <t>This guide describes the care, support and medical follow-up of children/adolescents with overweight or obesity. It reasserts the importance of early identification, coupled with a lifestyle assessment. It details the role of each of the professionals involved in the care pathway, and looks at the situations in which they may be called upon.</t>
   </si>
   <si>
     <t>02/16/2023 00:00:00</t>
   </si>
   <si>
     <t>03/02/2022 11:48:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3321295/en/care-pathway-guide-overweight-and-obesity-in-children-and-adolescents</t>
   </si>
   <si>
     <t>p_3321295</t>
   </si>
   <si>
     <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Next-generation sequencing of targeted gene panels in the diagnosis of hereditary cardiomyopathies - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this evaluation was to determine the benefit of using targeted next-generation sequencing (NGS) and gene panel analysis for identifying the molecular alterations responsible for hereditary cardiomyopathies in routine clinical practice. The aims were to define: the composition of the gene panels of interest to be sequenced and analyzed by NGS (from a blood sample); the relevance of using gene panel analysis by NGS compared with other available techniques (medical value assessed by the diagnostic yield of the method and the clinical utility of the test); the role of gene panel analyses in the diagnostic and therapeutic management strategy of hereditary cardiomyopathies.</t>
+  </si>
+  <si>
+    <t>02/13/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>02/28/2025 08:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3591624/en/next-generation-sequencing-of-targeted-gene-panels-in-the-diagnosis-of-hereditary-cardiomyopathies-inahta-brief</t>
+  </si>
+  <si>
+    <t>p_3591624</t>
   </si>
   <si>
     <t>Evaluation of high-intensity focused ultrasound (HIFU) for the treatment of symptomatic uterine fibroids Brief INAHTA</t>
   </si>
   <si>
     <t>The aim of the evaluation was to assess the appropriateness of French health insurance reimbursement of USgHIFU and MRgHIFU for the treatment of symptomatic uterine fibroids.</t>
   </si>
   <si>
     <t>07/18/2024 00:00:00</t>
   </si>
   <si>
     <t>07/24/2024 11:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3445536/en/evaluation-of-high-intensity-focused-ultrasound-hifu-for-the-treatment-of-symptomatic-uterine-fibroids-brief-inahta</t>
   </si>
   <si>
     <t>p_3445536</t>
   </si>
   <si>
     <t>CNEDiMTS assessment of the MRI compatibility of implantable medical devices</t>
   </si>
   <si>
     <t>Between 2008 and 2018, the number of MRI units in public and private non-profit institutions practically doubled. In 2018, the number of procedures was estimated at 600,000 for hospitalised patients and 2.1 million for outpatients. Despite a growing number of MRI examination requests, this imaging technique exposes patients with certain types of implants to functional and even vital risks. Considering the diversity of MRI compatibility conditions of medical devices and the diversity of MRI compatibility information provided in manufacturer dossiers, along with technological developments in MRI and organisational constraints, the Medical Device and Health Technology Evaluation Committee (CNEDiMTS) decided to lay down principles for the assessment of the MRI compatibility of IMDs in its evaluations. This document also aims to characterise the information to be provided to the CNEDiMTS in the medico-technical dossiers submitted by manufacturers within the framework of a reimbursement request, so that the MRI compatibility information provided is standardised. The applicant will thus know in advance what data to provide to enable the CNEDiMTS to consider the MRI compatibility of implantable medical devices. Lastly, concerning MRI compatibility within defined conditions, this guide aims to clarify how the examinations should be prescribed and performed so that they are conducted under the best secured conditions.</t>
   </si>
@@ -1345,72 +1399,72 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>363</v>
+        <v>381</v>
       </c>
       <c r="B2" t="s">
-        <v>364</v>
+        <v>382</v>
       </c>
       <c r="C2" t="s">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="H2" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1455,51 +1509,51 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>35</v>
       </c>
       <c r="H2" t="s">
         <v>36</v>
       </c>
       <c r="I2" t="s">
         <v>13</v>
       </c>
       <c r="J2" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H8"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1651,1555 +1705,1633 @@
       </c>
       <c r="D7" t="s">
         <v>71</v>
       </c>
       <c r="E7" t="s">
         <v>72</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>73</v>
       </c>
       <c r="H7" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>75</v>
       </c>
       <c r="C8" t="s">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="E8" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="H8" t="s">
-        <v>78</v>
+        <v>80</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>38</v>
+      </c>
+      <c r="B9" t="s">
+        <v>81</v>
+      </c>
+      <c r="C9" t="s">
+        <v>70</v>
+      </c>
+      <c r="D9" t="s">
+        <v>82</v>
+      </c>
+      <c r="E9" t="s">
+        <v>82</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>83</v>
+      </c>
+      <c r="H9" t="s">
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B2" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="C2" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="D2" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="E2" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="H2" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B3" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="C3" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="D3" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="E3" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="H3" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B4" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="C4" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="D4" t="s">
-        <v>94</v>
+        <v>100</v>
       </c>
       <c r="E4" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>96</v>
+        <v>102</v>
       </c>
       <c r="H4" t="s">
-        <v>97</v>
+        <v>103</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B5" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="C5" t="s">
-        <v>99</v>
+        <v>105</v>
       </c>
       <c r="D5" t="s">
-        <v>100</v>
+        <v>106</v>
       </c>
       <c r="E5" t="s">
-        <v>101</v>
+        <v>107</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="H5" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B6" t="s">
-        <v>104</v>
+        <v>110</v>
       </c>
       <c r="C6" t="s">
-        <v>105</v>
+        <v>111</v>
       </c>
       <c r="D6" t="s">
-        <v>106</v>
+        <v>112</v>
       </c>
       <c r="E6" t="s">
-        <v>107</v>
+        <v>113</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="H6" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B7" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="C7" t="s">
-        <v>111</v>
+        <v>117</v>
       </c>
       <c r="D7" t="s">
-        <v>106</v>
+        <v>118</v>
       </c>
       <c r="E7" t="s">
-        <v>107</v>
+        <v>119</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="H7" t="s">
-        <v>113</v>
+        <v>121</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B8" t="s">
-        <v>114</v>
+        <v>122</v>
       </c>
       <c r="C8" t="s">
-        <v>115</v>
+        <v>123</v>
       </c>
       <c r="D8" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="E8" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>118</v>
+        <v>124</v>
       </c>
       <c r="H8" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B9" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="C9" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="D9" t="s">
-        <v>122</v>
+        <v>128</v>
       </c>
       <c r="E9" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="H9" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B10" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C10" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D10" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="E10" t="s">
-        <v>129</v>
+        <v>135</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="H10" t="s">
-        <v>131</v>
+        <v>137</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B11" t="s">
-        <v>132</v>
+        <v>138</v>
       </c>
       <c r="C11" t="s">
-        <v>133</v>
+        <v>139</v>
       </c>
       <c r="D11" t="s">
-        <v>134</v>
+        <v>140</v>
       </c>
       <c r="E11" t="s">
-        <v>135</v>
+        <v>141</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>136</v>
+        <v>142</v>
       </c>
       <c r="H11" t="s">
-        <v>137</v>
+        <v>143</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B12" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C12" t="s">
-        <v>13</v>
+        <v>145</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>146</v>
       </c>
       <c r="E12" t="s">
-        <v>139</v>
+        <v>147</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>140</v>
+        <v>148</v>
       </c>
       <c r="H12" t="s">
-        <v>141</v>
+        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B13" t="s">
-        <v>142</v>
+        <v>150</v>
       </c>
       <c r="C13" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>144</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>145</v>
+        <v>151</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>146</v>
+        <v>152</v>
       </c>
       <c r="H13" t="s">
-        <v>147</v>
+        <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B14" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C14" t="s">
-        <v>149</v>
+        <v>155</v>
       </c>
       <c r="D14" t="s">
-        <v>150</v>
+        <v>156</v>
       </c>
       <c r="E14" t="s">
-        <v>151</v>
+        <v>157</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>152</v>
+        <v>158</v>
       </c>
       <c r="H14" t="s">
-        <v>153</v>
+        <v>159</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B15" t="s">
-        <v>154</v>
+        <v>160</v>
       </c>
       <c r="C15" t="s">
-        <v>155</v>
+        <v>161</v>
       </c>
       <c r="D15" t="s">
-        <v>156</v>
+        <v>162</v>
       </c>
       <c r="E15" t="s">
-        <v>157</v>
+        <v>163</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>158</v>
+        <v>164</v>
       </c>
       <c r="H15" t="s">
-        <v>159</v>
+        <v>165</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B16" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C16" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="D16" t="s">
-        <v>162</v>
+        <v>168</v>
       </c>
       <c r="E16" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>163</v>
+        <v>170</v>
       </c>
       <c r="H16" t="s">
-        <v>164</v>
+        <v>171</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B17" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="C17" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="D17" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="E17" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="H17" t="s">
-        <v>169</v>
+        <v>176</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B18" t="s">
-        <v>170</v>
+        <v>177</v>
       </c>
       <c r="C18" t="s">
-        <v>171</v>
+        <v>178</v>
       </c>
       <c r="D18" t="s">
-        <v>172</v>
+        <v>179</v>
       </c>
       <c r="E18" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="H18" t="s">
-        <v>175</v>
+        <v>181</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B19" t="s">
-        <v>176</v>
+        <v>182</v>
       </c>
       <c r="C19" t="s">
-        <v>177</v>
+        <v>183</v>
       </c>
       <c r="D19" t="s">
-        <v>178</v>
+        <v>184</v>
       </c>
       <c r="E19" t="s">
-        <v>179</v>
+        <v>185</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
       <c r="H19" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B20" t="s">
-        <v>182</v>
+        <v>188</v>
       </c>
       <c r="C20" t="s">
-        <v>183</v>
+        <v>189</v>
       </c>
       <c r="D20" t="s">
-        <v>184</v>
+        <v>190</v>
       </c>
       <c r="E20" t="s">
-        <v>185</v>
+        <v>191</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>186</v>
+        <v>192</v>
       </c>
       <c r="H20" t="s">
-        <v>187</v>
+        <v>193</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B21" t="s">
-        <v>188</v>
+        <v>194</v>
       </c>
       <c r="C21" t="s">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D21" t="s">
-        <v>190</v>
+        <v>196</v>
       </c>
       <c r="E21" t="s">
-        <v>191</v>
+        <v>197</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>192</v>
+        <v>198</v>
       </c>
       <c r="H21" t="s">
-        <v>193</v>
+        <v>199</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>85</v>
+      </c>
+      <c r="B22" t="s">
+        <v>200</v>
+      </c>
+      <c r="C22" t="s">
+        <v>201</v>
+      </c>
+      <c r="D22" t="s">
+        <v>202</v>
+      </c>
+      <c r="E22" t="s">
+        <v>203</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>204</v>
+      </c>
+      <c r="H22" t="s">
+        <v>205</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>194</v>
+        <v>206</v>
       </c>
       <c r="B2" t="s">
-        <v>195</v>
+        <v>207</v>
       </c>
       <c r="C2" t="s">
-        <v>196</v>
+        <v>208</v>
       </c>
       <c r="D2" t="s">
-        <v>197</v>
+        <v>209</v>
       </c>
       <c r="E2" t="s">
-        <v>198</v>
+        <v>210</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>199</v>
+        <v>211</v>
       </c>
       <c r="H2" t="s">
-        <v>200</v>
+        <v>212</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H23"/>
+  <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B2" t="s">
-        <v>202</v>
+        <v>214</v>
       </c>
       <c r="C2" t="s">
-        <v>203</v>
+        <v>215</v>
       </c>
       <c r="D2" t="s">
-        <v>204</v>
+        <v>216</v>
       </c>
       <c r="E2" t="s">
-        <v>205</v>
+        <v>217</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>206</v>
+        <v>218</v>
       </c>
       <c r="H2" t="s">
-        <v>207</v>
+        <v>219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B3" t="s">
-        <v>208</v>
+        <v>220</v>
       </c>
       <c r="C3" t="s">
-        <v>209</v>
+        <v>221</v>
       </c>
       <c r="D3" t="s">
-        <v>210</v>
+        <v>222</v>
       </c>
       <c r="E3" t="s">
-        <v>211</v>
+        <v>223</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>212</v>
+        <v>224</v>
       </c>
       <c r="H3" t="s">
-        <v>213</v>
+        <v>225</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B4" t="s">
-        <v>214</v>
+        <v>226</v>
       </c>
       <c r="C4" t="s">
-        <v>215</v>
+        <v>227</v>
       </c>
       <c r="D4" t="s">
-        <v>216</v>
+        <v>228</v>
       </c>
       <c r="E4" t="s">
-        <v>217</v>
+        <v>229</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>218</v>
+        <v>230</v>
       </c>
       <c r="H4" t="s">
-        <v>219</v>
+        <v>231</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B5" t="s">
-        <v>220</v>
+        <v>232</v>
       </c>
       <c r="C5" t="s">
-        <v>221</v>
+        <v>233</v>
       </c>
       <c r="D5" t="s">
-        <v>222</v>
+        <v>234</v>
       </c>
       <c r="E5" t="s">
-        <v>223</v>
+        <v>235</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>224</v>
+        <v>236</v>
       </c>
       <c r="H5" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B6" t="s">
-        <v>226</v>
+        <v>238</v>
       </c>
       <c r="C6" t="s">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="D6" t="s">
-        <v>228</v>
+        <v>240</v>
       </c>
       <c r="E6" t="s">
-        <v>229</v>
+        <v>241</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>230</v>
+        <v>242</v>
       </c>
       <c r="H6" t="s">
-        <v>231</v>
+        <v>243</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B7" t="s">
-        <v>232</v>
+        <v>244</v>
       </c>
       <c r="C7" t="s">
-        <v>233</v>
+        <v>245</v>
       </c>
       <c r="D7" t="s">
-        <v>234</v>
+        <v>246</v>
       </c>
       <c r="E7" t="s">
-        <v>235</v>
+        <v>247</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>236</v>
+        <v>248</v>
       </c>
       <c r="H7" t="s">
-        <v>237</v>
+        <v>249</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B8" t="s">
-        <v>226</v>
+        <v>250</v>
       </c>
       <c r="C8" t="s">
-        <v>227</v>
+        <v>251</v>
       </c>
       <c r="D8" t="s">
-        <v>238</v>
+        <v>252</v>
       </c>
       <c r="E8" t="s">
-        <v>239</v>
+        <v>253</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>240</v>
+        <v>254</v>
       </c>
       <c r="H8" t="s">
-        <v>241</v>
+        <v>255</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B9" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="C9" t="s">
-        <v>243</v>
+        <v>245</v>
       </c>
       <c r="D9" t="s">
-        <v>244</v>
+        <v>256</v>
       </c>
       <c r="E9" t="s">
-        <v>245</v>
+        <v>257</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>246</v>
+        <v>258</v>
       </c>
       <c r="H9" t="s">
-        <v>247</v>
+        <v>259</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B10" t="s">
-        <v>248</v>
+        <v>260</v>
       </c>
       <c r="C10" t="s">
-        <v>249</v>
+        <v>261</v>
       </c>
       <c r="D10" t="s">
-        <v>250</v>
+        <v>262</v>
       </c>
       <c r="E10" t="s">
-        <v>251</v>
+        <v>263</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>252</v>
+        <v>264</v>
       </c>
       <c r="H10" t="s">
-        <v>253</v>
+        <v>265</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B11" t="s">
-        <v>254</v>
+        <v>266</v>
       </c>
       <c r="C11" t="s">
-        <v>255</v>
+        <v>267</v>
       </c>
       <c r="D11" t="s">
-        <v>256</v>
+        <v>268</v>
       </c>
       <c r="E11" t="s">
-        <v>257</v>
+        <v>269</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>258</v>
+        <v>270</v>
       </c>
       <c r="H11" t="s">
-        <v>259</v>
+        <v>271</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B12" t="s">
-        <v>260</v>
+        <v>272</v>
       </c>
       <c r="C12" t="s">
-        <v>261</v>
+        <v>273</v>
       </c>
       <c r="D12" t="s">
-        <v>262</v>
+        <v>274</v>
       </c>
       <c r="E12" t="s">
-        <v>263</v>
+        <v>275</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>264</v>
+        <v>276</v>
       </c>
       <c r="H12" t="s">
-        <v>265</v>
+        <v>277</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B13" t="s">
-        <v>266</v>
+        <v>278</v>
       </c>
       <c r="C13" t="s">
-        <v>267</v>
+        <v>279</v>
       </c>
       <c r="D13" t="s">
-        <v>268</v>
+        <v>280</v>
       </c>
       <c r="E13" t="s">
-        <v>269</v>
+        <v>281</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>270</v>
+        <v>282</v>
       </c>
       <c r="H13" t="s">
-        <v>271</v>
+        <v>283</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B14" t="s">
-        <v>272</v>
+        <v>284</v>
       </c>
       <c r="C14" t="s">
-        <v>273</v>
+        <v>285</v>
       </c>
       <c r="D14" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="E14" t="s">
-        <v>275</v>
+        <v>287</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>276</v>
+        <v>288</v>
       </c>
       <c r="H14" t="s">
-        <v>277</v>
+        <v>289</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B15" t="s">
-        <v>278</v>
+        <v>290</v>
       </c>
       <c r="C15" t="s">
-        <v>279</v>
+        <v>291</v>
       </c>
       <c r="D15" t="s">
-        <v>280</v>
+        <v>292</v>
       </c>
       <c r="E15" t="s">
-        <v>281</v>
+        <v>293</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>282</v>
+        <v>294</v>
       </c>
       <c r="H15" t="s">
-        <v>283</v>
+        <v>295</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B16" t="s">
-        <v>284</v>
+        <v>296</v>
       </c>
       <c r="C16" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
       <c r="D16" t="s">
-        <v>286</v>
+        <v>298</v>
       </c>
       <c r="E16" t="s">
-        <v>287</v>
+        <v>299</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>288</v>
+        <v>300</v>
       </c>
       <c r="H16" t="s">
-        <v>289</v>
+        <v>301</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B17" t="s">
-        <v>290</v>
+        <v>302</v>
       </c>
       <c r="C17" t="s">
-        <v>291</v>
+        <v>303</v>
       </c>
       <c r="D17" t="s">
-        <v>292</v>
+        <v>304</v>
       </c>
       <c r="E17" t="s">
-        <v>293</v>
+        <v>305</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>294</v>
+        <v>306</v>
       </c>
       <c r="H17" t="s">
-        <v>295</v>
+        <v>307</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B18" t="s">
-        <v>296</v>
+        <v>308</v>
       </c>
       <c r="C18" t="s">
-        <v>297</v>
+        <v>309</v>
       </c>
       <c r="D18" t="s">
-        <v>298</v>
+        <v>310</v>
       </c>
       <c r="E18" t="s">
-        <v>299</v>
+        <v>311</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>300</v>
+        <v>312</v>
       </c>
       <c r="H18" t="s">
-        <v>301</v>
+        <v>313</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B19" t="s">
-        <v>302</v>
+        <v>314</v>
       </c>
       <c r="C19" t="s">
-        <v>303</v>
+        <v>315</v>
       </c>
       <c r="D19" t="s">
-        <v>304</v>
+        <v>316</v>
       </c>
       <c r="E19" t="s">
-        <v>305</v>
+        <v>317</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>306</v>
+        <v>318</v>
       </c>
       <c r="H19" t="s">
-        <v>307</v>
+        <v>319</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B20" t="s">
-        <v>308</v>
+        <v>320</v>
       </c>
       <c r="C20" t="s">
-        <v>309</v>
+        <v>321</v>
       </c>
       <c r="D20" t="s">
-        <v>310</v>
+        <v>322</v>
       </c>
       <c r="E20" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>312</v>
+        <v>324</v>
       </c>
       <c r="H20" t="s">
-        <v>313</v>
+        <v>325</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B21" t="s">
-        <v>314</v>
+        <v>326</v>
       </c>
       <c r="C21" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="D21" t="s">
-        <v>315</v>
+        <v>328</v>
       </c>
       <c r="E21" t="s">
-        <v>316</v>
+        <v>329</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>317</v>
+        <v>330</v>
       </c>
       <c r="H21" t="s">
-        <v>318</v>
+        <v>331</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B22" t="s">
-        <v>319</v>
+        <v>332</v>
       </c>
       <c r="C22" t="s">
-        <v>309</v>
+        <v>327</v>
       </c>
       <c r="D22" t="s">
-        <v>320</v>
+        <v>333</v>
       </c>
       <c r="E22" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
       <c r="H22" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>201</v>
+        <v>213</v>
       </c>
       <c r="B23" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
       <c r="C23" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="D23" t="s">
-        <v>326</v>
+        <v>338</v>
       </c>
       <c r="E23" t="s">
-        <v>327</v>
+        <v>339</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="H23" t="s">
-        <v>329</v>
+        <v>341</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>213</v>
+      </c>
+      <c r="B24" t="s">
+        <v>342</v>
+      </c>
+      <c r="C24" t="s">
+        <v>343</v>
+      </c>
+      <c r="D24" t="s">
+        <v>344</v>
+      </c>
+      <c r="E24" t="s">
+        <v>345</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>346</v>
+      </c>
+      <c r="H24" t="s">
+        <v>347</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>330</v>
+        <v>348</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>331</v>
+        <v>349</v>
       </c>
       <c r="B2" t="s">
-        <v>332</v>
+        <v>350</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>333</v>
+        <v>351</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>334</v>
+        <v>352</v>
       </c>
       <c r="H2" t="s">
-        <v>335</v>
+        <v>353</v>
       </c>
       <c r="I2" t="s">
-        <v>336</v>
+        <v>354</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>337</v>
+        <v>355</v>
       </c>
       <c r="B2" t="s">
-        <v>338</v>
+        <v>356</v>
       </c>
       <c r="C2" t="s">
-        <v>339</v>
+        <v>357</v>
       </c>
       <c r="D2" t="s">
-        <v>340</v>
+        <v>358</v>
       </c>
       <c r="E2" t="s">
-        <v>341</v>
+        <v>359</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>342</v>
+        <v>360</v>
       </c>
       <c r="H2" t="s">
-        <v>343</v>
+        <v>361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>337</v>
+        <v>355</v>
       </c>
       <c r="B3" t="s">
-        <v>344</v>
+        <v>362</v>
       </c>
       <c r="C3" t="s">
-        <v>345</v>
+        <v>363</v>
       </c>
       <c r="D3" t="s">
-        <v>346</v>
+        <v>364</v>
       </c>
       <c r="E3" t="s">
-        <v>347</v>
+        <v>365</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>348</v>
+        <v>366</v>
       </c>
       <c r="H3" t="s">
-        <v>349</v>
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
       <c r="B2" t="s">
-        <v>351</v>
+        <v>369</v>
       </c>
       <c r="C2" t="s">
-        <v>352</v>
+        <v>370</v>
       </c>
       <c r="D2" t="s">
-        <v>353</v>
+        <v>371</v>
       </c>
       <c r="E2" t="s">
-        <v>354</v>
+        <v>372</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>355</v>
+        <v>373</v>
       </c>
       <c r="H2" t="s">
-        <v>356</v>
+        <v>374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>350</v>
+        <v>368</v>
       </c>
       <c r="B3" t="s">
-        <v>357</v>
+        <v>375</v>
       </c>
       <c r="C3" t="s">
-        <v>358</v>
+        <v>376</v>
       </c>
       <c r="D3" t="s">
-        <v>359</v>
+        <v>377</v>
       </c>
       <c r="E3" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>361</v>
+        <v>379</v>
       </c>
       <c r="H3" t="s">
-        <v>362</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>