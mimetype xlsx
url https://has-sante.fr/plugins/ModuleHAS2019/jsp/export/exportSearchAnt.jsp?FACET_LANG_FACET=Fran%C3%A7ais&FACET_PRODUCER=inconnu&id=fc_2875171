--- v1 (2026-01-14)
+++ v2 (2026-03-01)
@@ -36,51 +36,51 @@
     <sheet name="Export Public Health guideline" r:id="rId5" sheetId="3"/>
     <sheet name="Export Practice guidelines" r:id="rId6" sheetId="4"/>
     <sheet name="Export Chronic disease guide" r:id="rId7" sheetId="5"/>
     <sheet name="Export Health technology assess" r:id="rId8" sheetId="6"/>
     <sheet name="Export évènement de calendrier" r:id="rId9" sheetId="7"/>
     <sheet name="Export Studies and Reports" r:id="rId10" sheetId="8"/>
     <sheet name="Export Vaccine recommendation" r:id="rId11" sheetId="9"/>
     <sheet name="Export Tool to improve professi" r:id="rId12" sheetId="10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Methodology guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Opinion on medical devic'!$B$1:$J$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Practice guidelines'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Chronic disease guide'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Studies and Reports'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="8" hidden="true">'Export Vaccine recommendation'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="9" hidden="true">'Export Tool to improve professi'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="590" uniqueCount="387">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="582" uniqueCount="381">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -432,68 +432,50 @@
     <t>Shaken baby syndrome (SBS) is a subsection of inflicted head injuries or non-accidental head injury (NAHI), in which shaking, alone or in combination with impact, causes head and brain injury. The subject of this guideline is NAHI caused by shaking.</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2794425/en/shaken-baby-syndrome-or-non-accidental-head-injury-caused-by-shaking</t>
   </si>
   <si>
     <t>c_2794425</t>
   </si>
   <si>
     <t>Fetal alcohol spectrum disorder : identification</t>
   </si>
   <si>
     <t>To help general practitioners, paediatricians, paediatric psychiatrists, psychiatrists, addiction specialists, maternal and infant protection doctors, school doctors, dentists, obstetricians and gynaecologists, midwives and childcare workers to identify and to advise : - pregnant women likely to have a drinking problem and whose child is at risk for fetal alcohol spectrum disorder ; - at-risk children likely to have experienced the effects of prenatal exposure to alcohol.</t>
   </si>
   <si>
     <t>07/10/2013 00:00:00</t>
   </si>
   <si>
     <t>09/11/2013 15:00:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1636956/en/fetal-alcohol-spectrum-disorder-identification</t>
   </si>
   <si>
     <t>c_1636956</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Deaf children: family support and follow-up of children aged 0 to 6 years</t>
   </si>
   <si>
     <t>To encourage access to language by the deaf child within his/her family, whichever language is chosen (French language or sign language). The questions which the recommendations answer are the following ones : - What information should be given to the families and how can their neutrality and completeness be guaranteed faced with the multiple representations of deafness and follow-up of the child? - What actions should be provided to support the families after the pronouncement of deafness? - How can one help the parents to be key players in the follow-up and support of the child? - How can one prevent psychological and relationship problems in the deaf child? - How can one evaluate communication and language in the deaf child? - What actions should be proposed to develop communication and language in the deaf child, whatever language is used: sign language or French language? - In 2009, which institutions provide family support and follow-up of deaf children between 0 and 6 years of age?</t>
   </si>
   <si>
     <t>12/16/2009 00:00:00</t>
   </si>
   <si>
     <t>03/01/2010 15:55:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_922867/en/deaf-children-family-support-and-follow-up-of-children-aged-0-to-6-years</t>
   </si>
   <si>
     <t>c_922867</t>
   </si>
   <si>
     <t>Obesity surgery in adults</t>
   </si>
   <si>
     <t>The objectives of these guidelines are : 1. to improve the long-term efficacy of obesity surgery and reduce the incidence of complications through : better selection, information and preparation of patients, choice of the technique that provides the best benefit/risk ratio in the patients selected, better definition of the members and role of the multidisciplinary team ; 2. to reduce the severity of complications through early detection and management.</t>
   </si>
@@ -1399,72 +1381,72 @@
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>381</v>
+        <v>375</v>
       </c>
       <c r="B2" t="s">
-        <v>382</v>
+        <v>376</v>
       </c>
       <c r="C2" t="s">
-        <v>383</v>
+        <v>377</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>385</v>
+        <v>379</v>
       </c>
       <c r="H2" t="s">
-        <v>386</v>
+        <v>380</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
@@ -1757,51 +1739,51 @@
       </c>
       <c r="D9" t="s">
         <v>82</v>
       </c>
       <c r="E9" t="s">
         <v>82</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>83</v>
       </c>
       <c r="H9" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H22"/>
+  <dimension ref="A1:H21"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2057,80 +2039,80 @@
       </c>
       <c r="D11" t="s">
         <v>140</v>
       </c>
       <c r="E11" t="s">
         <v>141</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>142</v>
       </c>
       <c r="H11" t="s">
         <v>143</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>85</v>
       </c>
       <c r="B12" t="s">
         <v>144</v>
       </c>
       <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
         <v>145</v>
       </c>
-      <c r="D12" t="s">
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
         <v>146</v>
       </c>
-      <c r="E12" t="s">
+      <c r="H12" t="s">
         <v>147</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>85</v>
       </c>
       <c r="B13" t="s">
+        <v>148</v>
+      </c>
+      <c r="C13" t="s">
+        <v>149</v>
+      </c>
+      <c r="D13" t="s">
         <v>150</v>
-      </c>
-[...4 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E13" t="s">
         <v>151</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
         <v>152</v>
       </c>
       <c r="H13" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>85</v>
       </c>
       <c r="B14" t="s">
         <v>154</v>
       </c>
       <c r="C14" t="s">
         <v>155</v>
       </c>
       <c r="D14" t="s">
@@ -2167,100 +2149,100 @@
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
         <v>164</v>
       </c>
       <c r="H15" t="s">
         <v>165</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>85</v>
       </c>
       <c r="B16" t="s">
         <v>166</v>
       </c>
       <c r="C16" t="s">
         <v>167</v>
       </c>
       <c r="D16" t="s">
         <v>168</v>
       </c>
       <c r="E16" t="s">
+        <v>168</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
         <v>169</v>
       </c>
-      <c r="F16" t="s">
-[...2 lines deleted...]
-      <c r="G16" t="s">
+      <c r="H16" t="s">
         <v>170</v>
-      </c>
-[...1 lines deleted...]
-        <v>171</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>85</v>
       </c>
       <c r="B17" t="s">
+        <v>171</v>
+      </c>
+      <c r="C17" t="s">
         <v>172</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>173</v>
       </c>
-      <c r="D17" t="s">
+      <c r="E17" t="s">
+        <v>173</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>174</v>
       </c>
-      <c r="E17" t="s">
-[...5 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>85</v>
       </c>
       <c r="B18" t="s">
+        <v>176</v>
+      </c>
+      <c r="C18" t="s">
         <v>177</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>178</v>
-      </c>
-[...1 lines deleted...]
-        <v>179</v>
       </c>
       <c r="E18" t="s">
         <v>179</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>180</v>
       </c>
       <c r="H18" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>85</v>
       </c>
       <c r="B19" t="s">
         <v>182</v>
       </c>
       <c r="C19" t="s">
         <v>183</v>
       </c>
       <c r="D19" t="s">
@@ -2307,1031 +2289,1005 @@
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>85</v>
       </c>
       <c r="B21" t="s">
         <v>194</v>
       </c>
       <c r="C21" t="s">
         <v>195</v>
       </c>
       <c r="D21" t="s">
         <v>196</v>
       </c>
       <c r="E21" t="s">
         <v>197</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
         <v>198</v>
       </c>
       <c r="H21" t="s">
         <v>199</v>
-      </c>
-[...24 lines deleted...]
-        <v>205</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>200</v>
+      </c>
+      <c r="B2" t="s">
+        <v>201</v>
+      </c>
+      <c r="C2" t="s">
+        <v>202</v>
+      </c>
+      <c r="D2" t="s">
+        <v>203</v>
+      </c>
+      <c r="E2" t="s">
+        <v>204</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>205</v>
+      </c>
+      <c r="H2" t="s">
         <v>206</v>
-      </c>
-[...19 lines deleted...]
-        <v>212</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H24"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>207</v>
+      </c>
+      <c r="B2" t="s">
+        <v>208</v>
+      </c>
+      <c r="C2" t="s">
+        <v>209</v>
+      </c>
+      <c r="D2" t="s">
+        <v>210</v>
+      </c>
+      <c r="E2" t="s">
+        <v>211</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>212</v>
+      </c>
+      <c r="H2" t="s">
         <v>213</v>
-      </c>
-[...19 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B3" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="C3" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="D3" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="E3" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="H3" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B4" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="C4" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D4" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="E4" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="H4" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B5" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C5" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="D5" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="E5" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
       <c r="H5" t="s">
-        <v>237</v>
+        <v>231</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B6" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="C6" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="D6" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="E6" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="H6" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B7" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C7" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="D7" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="E7" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="H7" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B8" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="C8" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="D8" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="E8" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="H8" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B9" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="C9" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="D9" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="E9" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="H9" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B10" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="C10" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="D10" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="E10" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="H10" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B11" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="C11" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="D11" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="E11" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>270</v>
+        <v>264</v>
       </c>
       <c r="H11" t="s">
-        <v>271</v>
+        <v>265</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B12" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="C12" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="D12" t="s">
-        <v>274</v>
+        <v>268</v>
       </c>
       <c r="E12" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="H12" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B13" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="C13" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="D13" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="E13" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>282</v>
+        <v>276</v>
       </c>
       <c r="H13" t="s">
-        <v>283</v>
+        <v>277</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B14" t="s">
-        <v>284</v>
+        <v>278</v>
       </c>
       <c r="C14" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="D14" t="s">
-        <v>286</v>
+        <v>280</v>
       </c>
       <c r="E14" t="s">
-        <v>287</v>
+        <v>281</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>288</v>
+        <v>282</v>
       </c>
       <c r="H14" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B15" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="C15" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
       <c r="D15" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="E15" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>294</v>
+        <v>288</v>
       </c>
       <c r="H15" t="s">
-        <v>295</v>
+        <v>289</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B16" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="C16" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="D16" t="s">
-        <v>298</v>
+        <v>292</v>
       </c>
       <c r="E16" t="s">
-        <v>299</v>
+        <v>293</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>300</v>
+        <v>294</v>
       </c>
       <c r="H16" t="s">
-        <v>301</v>
+        <v>295</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B17" t="s">
-        <v>302</v>
+        <v>296</v>
       </c>
       <c r="C17" t="s">
-        <v>303</v>
+        <v>297</v>
       </c>
       <c r="D17" t="s">
-        <v>304</v>
+        <v>298</v>
       </c>
       <c r="E17" t="s">
-        <v>305</v>
+        <v>299</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>306</v>
+        <v>300</v>
       </c>
       <c r="H17" t="s">
-        <v>307</v>
+        <v>301</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B18" t="s">
-        <v>308</v>
+        <v>302</v>
       </c>
       <c r="C18" t="s">
-        <v>309</v>
+        <v>303</v>
       </c>
       <c r="D18" t="s">
-        <v>310</v>
+        <v>304</v>
       </c>
       <c r="E18" t="s">
-        <v>311</v>
+        <v>305</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>312</v>
+        <v>306</v>
       </c>
       <c r="H18" t="s">
-        <v>313</v>
+        <v>307</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B19" t="s">
-        <v>314</v>
+        <v>308</v>
       </c>
       <c r="C19" t="s">
-        <v>315</v>
+        <v>309</v>
       </c>
       <c r="D19" t="s">
-        <v>316</v>
+        <v>310</v>
       </c>
       <c r="E19" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>318</v>
+        <v>312</v>
       </c>
       <c r="H19" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B20" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="C20" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="D20" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="E20" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
       <c r="H20" t="s">
-        <v>325</v>
+        <v>319</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B21" t="s">
-        <v>326</v>
+        <v>320</v>
       </c>
       <c r="C21" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="D21" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="E21" t="s">
-        <v>329</v>
+        <v>323</v>
       </c>
       <c r="F21" t="s">
         <v>13</v>
       </c>
       <c r="G21" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="H21" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B22" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="C22" t="s">
+        <v>321</v>
+      </c>
+      <c r="D22" t="s">
         <v>327</v>
       </c>
-      <c r="D22" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E22" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="H22" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B23" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="C23" t="s">
-        <v>327</v>
+        <v>321</v>
       </c>
       <c r="D23" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="E23" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="F23" t="s">
         <v>13</v>
       </c>
       <c r="G23" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="H23" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="B24" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="C24" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="D24" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="E24" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="F24" t="s">
         <v>13</v>
       </c>
       <c r="G24" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="H24" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B2" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="H2" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="I2" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>349</v>
+      </c>
+      <c r="B2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C2" t="s">
+        <v>351</v>
+      </c>
+      <c r="D2" t="s">
+        <v>352</v>
+      </c>
+      <c r="E2" t="s">
+        <v>353</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>354</v>
+      </c>
+      <c r="H2" t="s">
         <v>355</v>
-      </c>
-[...19 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="B3" t="s">
-        <v>362</v>
+        <v>356</v>
       </c>
       <c r="C3" t="s">
-        <v>363</v>
+        <v>357</v>
       </c>
       <c r="D3" t="s">
-        <v>364</v>
+        <v>358</v>
       </c>
       <c r="E3" t="s">
-        <v>365</v>
+        <v>359</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>366</v>
+        <v>360</v>
       </c>
       <c r="H3" t="s">
-        <v>367</v>
+        <v>361</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>362</v>
+      </c>
+      <c r="B2" t="s">
+        <v>363</v>
+      </c>
+      <c r="C2" t="s">
+        <v>364</v>
+      </c>
+      <c r="D2" t="s">
+        <v>365</v>
+      </c>
+      <c r="E2" t="s">
+        <v>366</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>367</v>
+      </c>
+      <c r="H2" t="s">
         <v>368</v>
-      </c>
-[...19 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>368</v>
+        <v>362</v>
       </c>
       <c r="B3" t="s">
-        <v>375</v>
+        <v>369</v>
       </c>
       <c r="C3" t="s">
-        <v>376</v>
+        <v>370</v>
       </c>
       <c r="D3" t="s">
-        <v>377</v>
+        <v>371</v>
       </c>
       <c r="E3" t="s">
-        <v>378</v>
+        <v>372</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>379</v>
+        <v>373</v>
       </c>
       <c r="H3" t="s">
-        <v>380</v>
+        <v>374</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>