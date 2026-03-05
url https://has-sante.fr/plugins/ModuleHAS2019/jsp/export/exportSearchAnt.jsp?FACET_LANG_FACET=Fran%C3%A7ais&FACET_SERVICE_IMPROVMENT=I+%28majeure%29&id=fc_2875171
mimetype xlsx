--- v0 (2025-12-03)
+++ v1 (2026-03-05)
@@ -9,51 +9,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="125">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="250" uniqueCount="126">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -282,50 +282,53 @@
     <t>22/09/2015 00:00:00</t>
   </si>
   <si>
     <t>03/06/2016 16:11:53</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2635759/fr/sapien-xt-modele-9300-tfx-transfemorale</t>
   </si>
   <si>
     <t>c_2635759</t>
   </si>
   <si>
     <t>COREVALVE AOA</t>
   </si>
   <si>
     <t>16/11/2015 13:49:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2571460/fr/corevalve-aoa</t>
   </si>
   <si>
     <t>c_2571460</t>
   </si>
   <si>
     <t>COREVALVE EVOLUT AOA</t>
+  </si>
+  <si>
+    <t>22/07/2021 12:31:55</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2571463/fr/corevalve-evolut-aoa</t>
   </si>
   <si>
     <t>c_2571463</t>
   </si>
   <si>
     <t>COREVALVE EVOLUT R</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2571475/fr/corevalve-evolut-r</t>
   </si>
   <si>
     <t>c_2571475</t>
   </si>
   <si>
     <t>SAPIEN XT Modèle 9300 TFX transapicale</t>
   </si>
   <si>
     <t>09/11/2015 09:44:04</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2565959/fr/sapien-xt-modele-9300-tfx-transapicale</t>
   </si>
@@ -931,351 +934,351 @@
       </c>
       <c r="G15" t="s">
         <v>88</v>
       </c>
       <c r="H15" t="s">
         <v>89</v>
       </c>
       <c r="I15" t="s">
         <v>81</v>
       </c>
       <c r="J15" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>90</v>
       </c>
       <c r="C16" t="s">
         <v>81</v>
       </c>
       <c r="D16" t="s">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="E16" t="s">
         <v>87</v>
       </c>
       <c r="F16" t="s">
         <v>12</v>
       </c>
       <c r="G16" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="H16" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="I16" t="s">
         <v>81</v>
       </c>
       <c r="J16" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C17" t="s">
         <v>81</v>
       </c>
       <c r="D17" t="s">
         <v>82</v>
       </c>
       <c r="E17" t="s">
         <v>87</v>
       </c>
       <c r="F17" t="s">
         <v>12</v>
       </c>
       <c r="G17" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="H17" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="I17" t="s">
         <v>81</v>
       </c>
       <c r="J17" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C18" t="s">
         <v>81</v>
       </c>
       <c r="D18" t="s">
         <v>82</v>
       </c>
       <c r="E18" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="F18" t="s">
         <v>12</v>
       </c>
       <c r="G18" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="H18" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="I18" t="s">
         <v>81</v>
       </c>
       <c r="J18" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
         <v>72</v>
       </c>
       <c r="C19" t="s">
         <v>77</v>
       </c>
       <c r="D19" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E19" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F19" t="s">
         <v>12</v>
       </c>
       <c r="G19" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="H19" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="I19" t="s">
         <v>77</v>
       </c>
       <c r="J19" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
         <v>11</v>
       </c>
       <c r="C20" t="s">
         <v>77</v>
       </c>
       <c r="D20" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="E20" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="F20" t="s">
         <v>12</v>
       </c>
       <c r="G20" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H20" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I20" t="s">
         <v>77</v>
       </c>
       <c r="J20" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>26</v>
       </c>
       <c r="C21" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D21" t="s">
+        <v>108</v>
+      </c>
+      <c r="E21" t="s">
+        <v>109</v>
+      </c>
+      <c r="F21" t="s">
+        <v>12</v>
+      </c>
+      <c r="G21" t="s">
+        <v>110</v>
+      </c>
+      <c r="H21" t="s">
+        <v>111</v>
+      </c>
+      <c r="I21" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>106</v>
       </c>
       <c r="J21" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>86</v>
       </c>
       <c r="C22" t="s">
         <v>81</v>
       </c>
       <c r="D22" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E22" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F22" t="s">
         <v>12</v>
       </c>
       <c r="G22" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="H22" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="I22" t="s">
         <v>81</v>
       </c>
       <c r="J22" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>10</v>
       </c>
       <c r="B23" t="s">
         <v>90</v>
       </c>
       <c r="C23" t="s">
         <v>81</v>
       </c>
       <c r="D23" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="E23" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="F23" t="s">
         <v>12</v>
       </c>
       <c r="G23" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="H23" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="I23" t="s">
         <v>81</v>
       </c>
       <c r="J23" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>10</v>
       </c>
       <c r="B24" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C24" t="s">
         <v>81</v>
       </c>
       <c r="D24" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E24" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F24" t="s">
         <v>12</v>
       </c>
       <c r="G24" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="H24" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I24" t="s">
         <v>81</v>
       </c>
       <c r="J24" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>10</v>
       </c>
       <c r="B25" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C25" t="s">
         <v>81</v>
       </c>
       <c r="D25" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="E25" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="F25" t="s">
         <v>12</v>
       </c>
       <c r="G25" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="H25" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="I25" t="s">
         <v>81</v>
       </c>
       <c r="J25" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>