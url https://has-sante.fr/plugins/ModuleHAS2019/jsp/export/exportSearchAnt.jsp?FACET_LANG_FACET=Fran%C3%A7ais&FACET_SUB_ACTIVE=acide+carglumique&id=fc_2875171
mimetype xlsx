--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,243 +1,851 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Drugs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="23" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="136" uniqueCount="80">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Déficit en MCAD et autres déficits de la β-oxydation mitochondriale des acides gras</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit congénital de la β-oxydation mitochondriale des acides gras (AG), maladie admise en affection longue durée (ALD) au titre de l’ALD 17. Il a été élaboré par la Filière de santé maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289774/fr/deficit-en-mcad-et-autres-deficits-de-la-oxydation-mitochondriale-des-acides-gras</t>
+  </si>
+  <si>
+    <t>p_3289774</t>
+  </si>
+  <si>
+    <t>Déficits du cycle de l’urée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un déficit du cycle de l’urée. Il a été élaboré par le centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/06/2021 09:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3269572/fr/deficits-du-cycle-de-l-uree</t>
+  </si>
+  <si>
+    <t>p_3269572</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 décembre 2013</t>
+  </si>
+  <si>
+    <t>27/01/2014 18:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1711503/fr/commission-de-la-transparence-reunion-du-18-decembre-2013</t>
+  </si>
+  <si>
+    <t>c_1711503</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ACIDE (acide carglumique/ acide folique/ acide tranexamique/ acide zolédronique monohydraté)</t>
+  </si>
+  <si>
+    <t>08/04/2019 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982813/fr/acide-acide-carglumique/-acide-folique/-acide-tranexamique/-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>pprd_2982813</t>
+  </si>
+  <si>
+    <t>acide carglumique,acide folique,acide tranexamique,acide zolédronique monohydraté</t>
+  </si>
+  <si>
+    <t>AGUETTANT/ CENTRE SPECIALITES PHARMACEUTIQUES/ LABORATOIRE CCD/ MEDIPHA SANTE SAS/ MYLAN S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399771/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672969/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1250056/fr/acide-folique-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1648969/fr/acide-zoledronique-resolute-acide-zoledronique-monohydrate</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827564/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2827591/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839008/fr/acide-tranexamique-aguettant-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2858355/fr/acide-carglumique-waymade-acide-carglumique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868365/fr/acide-tranexamique-mylan-acide-tranexamique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2962273/fr/acide-folique-ccd-acide-folique</t>
+  </si>
+  <si>
+    <t>UCEDANE (acide carglumique)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983528/fr/ucedane-acide-carglumique</t>
+  </si>
+  <si>
+    <t>pprd_2983528</t>
+  </si>
+  <si>
+    <t>acide carglumique</t>
+  </si>
+  <si>
+    <t>LUCANE PHARMA</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794115/fr/ucedane-acide-carglumique</t>
   </si>
   <si>
     <t>CARBAGLU (acide carglumique)</t>
   </si>
   <si>
-    <t/>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984836/en/carbaglu-acide-carglumique</t>
+    <t>15/05/2014 15:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984836/fr/carbaglu-acide-carglumique</t>
   </si>
   <si>
     <t>pprd_2984836</t>
   </si>
   <si>
-    <t>acide carglumique</t>
-[...1 lines deleted...]
-  <si>
     <t>ORPHAN EUROPE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_399846/en/carbaglu-200-mg-comprime-dispersible</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1720125/en/carbaglu</t>
+    <t>https://www.has-sante.fr/jcms/c_399846/fr/carbaglu-200-mg-comprime-dispersible</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1720125/fr/carbaglu-acide-carglumique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:L2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
+        <v>10</v>
+      </c>
+      <c r="D2" t="s">
         <v>11</v>
       </c>
+      <c r="E2" t="s">
+        <v>12</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>14</v>
+      </c>
+      <c r="H2" t="s">
+        <v>15</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>16</v>
+      </c>
       <c r="B2" t="s">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="H2" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
         <v>16</v>
       </c>
+      <c r="B3" t="s">
+        <v>22</v>
+      </c>
+      <c r="C3" t="s">
+        <v>23</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>24</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>25</v>
+      </c>
+      <c r="H3" t="s">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B4" t="s">
+        <v>27</v>
+      </c>
+      <c r="C4" t="s">
+        <v>28</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>29</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>30</v>
+      </c>
+      <c r="H4" t="s">
+        <v>31</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>32</v>
+      </c>
+      <c r="B2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C2" t="s">
+        <v>34</v>
+      </c>
+      <c r="D2" t="s">
+        <v>35</v>
+      </c>
+      <c r="E2" t="s">
+        <v>36</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>37</v>
+      </c>
+      <c r="H2" t="s">
+        <v>38</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>42</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>43</v>
+      </c>
+      <c r="H2" t="s">
+        <v>44</v>
+      </c>
       <c r="I2" t="s">
-        <v>17</v>
+        <v>45</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:T4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>46</v>
+      </c>
+      <c r="J1" t="s">
+        <v>47</v>
+      </c>
+      <c r="K1" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>49</v>
+      </c>
+      <c r="B2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>51</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>52</v>
+      </c>
+      <c r="H2" t="s">
+        <v>53</v>
+      </c>
+      <c r="I2" t="s">
+        <v>54</v>
       </c>
       <c r="J2" t="s">
-        <v>18</v>
+        <v>55</v>
       </c>
       <c r="K2" t="s">
-        <v>19</v>
+        <v>56</v>
       </c>
       <c r="L2" t="s">
-        <v>20</v>
+        <v>57</v>
+      </c>
+      <c r="M2" t="s">
+        <v>58</v>
+      </c>
+      <c r="N2" t="s">
+        <v>59</v>
+      </c>
+      <c r="O2" t="s">
+        <v>60</v>
+      </c>
+      <c r="P2" t="s">
+        <v>61</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>62</v>
+      </c>
+      <c r="R2" t="s">
+        <v>63</v>
+      </c>
+      <c r="S2" t="s">
+        <v>64</v>
+      </c>
+      <c r="T2" t="s">
+        <v>65</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>49</v>
+      </c>
+      <c r="B3" t="s">
+        <v>66</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>67</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>68</v>
+      </c>
+      <c r="H3" t="s">
+        <v>69</v>
+      </c>
+      <c r="I3" t="s">
+        <v>70</v>
+      </c>
+      <c r="J3" t="s">
+        <v>71</v>
+      </c>
+      <c r="K3" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>49</v>
+      </c>
+      <c r="B4" t="s">
+        <v>73</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>74</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>75</v>
+      </c>
+      <c r="H4" t="s">
+        <v>76</v>
+      </c>
+      <c r="I4" t="s">
+        <v>70</v>
+      </c>
+      <c r="J4" t="s">
+        <v>77</v>
+      </c>
+      <c r="K4" t="s">
+        <v>78</v>
+      </c>
+      <c r="L4" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>