--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -1,430 +1,1150 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="168" uniqueCount="107">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="341">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>08/27/2021 12:16:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
+  </si>
+  <si>
+    <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>19/12/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>09/01/2025 08:43:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2722749/en/purulent-acute-otitis-media-in-children-over-3-months</t>
+    <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3575612</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
-    <t>Purulent acute otitis media in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722670/en/purulent-acute-otitis-media-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
+  </si>
+  <si>
+    <t>27/08/2021 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038472/fr/choix-et-durees-d-antibiotherapies-uretrites-et-cervicites-non-compliquees</t>
+  </si>
+  <si>
+    <t>c_2038472</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722670/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722670</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in children</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722754/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722754/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-enfant</t>
   </si>
   <si>
     <t>c_2722754</t>
   </si>
   <si>
-    <t>Acute nasopharyngitis and acute strep throat in adults</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722790/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Rhinopharyngite aiguë adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722790/fr/choix-et-durees-d-antibiotherapies-rhinopharyngite-aigue-adulte</t>
   </si>
   <si>
     <t>c_2722790</t>
   </si>
   <si>
-    <t>Adult sinusitis</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722806/en/adult-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusite de l'adulte</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722806/fr/choix-et-durees-d-antibiotherapies-sinusite-de-l-adulte</t>
   </si>
   <si>
     <t>c_2722806</t>
   </si>
   <si>
-    <t>Paediatric sinusitis</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722824/en/paediatric-sinusitis</t>
+    <t>Choix et durées d'antibiothérapies : Sinusites de l'enfant</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722824/fr/choix-et-durees-d-antibiotherapies-sinusites-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722824</t>
   </si>
   <si>
-    <t>Acute simple cystitis, cystitis with risk of complication or recurrent cystitis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722827/en/acute-simple-cystitis-cystitis-with-risk-of-complication-or-recurrent-cystitis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Cystite aiguë simple, à risque de complication ou récidivante, de la femme</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722827/fr/choix-et-durees-d-antibiotherapies-cystite-aigue-simple-a-risque-de-complication-ou-recidivante-de-la-femme</t>
   </si>
   <si>
     <t>c_2722827</t>
   </si>
   <si>
-    <t>Acute pyelonephritis in women</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722914/en/acute-pyelonephritis-in-women</t>
+    <t>Choix et durées d'antibiothérapies : Pyélonéphrite aiguë de la femme</t>
+  </si>
+  <si>
+    <t>27/08/2021 12:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722914/fr/choix-et-durees-d-antibiotherapies-pyelonephrite-aigue-de-la-femme</t>
   </si>
   <si>
     <t>c_2722914</t>
   </si>
   <si>
-    <t>Pregnant women - urinary colonisation and cystitis</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2722927/en/pregnant-women-urinary-colonisation-and-cystitis</t>
+    <t>Choix et durées d'antibiothérapies : Femme enceinte : colonisation urinaire et cystite</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2722927/fr/choix-et-durees-d-antibiotherapies-femme-enceinte-colonisation-urinaire-et-cystite</t>
   </si>
   <si>
     <t>c_2722927</t>
   </si>
   <si>
-    <t>07/15/2024 09:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529229/en/acute-nasopharyngitis-and-acute-strep-throat-in-children</t>
+    <t>Choix et durées d’antibiothérapies préconisées dans les infections bactériennes courantes</t>
+  </si>
+  <si>
+    <t>L’exposition excessive aux antibiotiques participe à la progression des résistances bactériennes. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. Ces fiches ont été élaborées en collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
+  </si>
+  <si>
+    <t>27/08/2021 15:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278764/fr/choix-et-durees-d-antibiotherapies-preconisees-dans-les-infections-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>p_3278764</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des abcès cutanés</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282441/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-abces-cutanes</t>
+  </si>
+  <si>
+    <t>p_3282441</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282445/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282445</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furonculoses</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282447/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furonculoses</t>
+  </si>
+  <si>
+    <t>p_3282447</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge de l’impétigo de l’adulte et de l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282449/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-de-l-impetigo-de-l-adulte-et-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3282449</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement guidé de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282789/fr/choix-et-durees-d-antibiotherapies-traitement-guide-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282789</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Traitement probabiliste de l’infection par Helicobacter pylori chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282793/fr/choix-et-durees-d-antibiotherapies-traitement-probabiliste-de-l-infection-par-helicobacter-pylori-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282793</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Diverticulite aiguë sigmoïdienne non compliquée</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282886/fr/choix-et-durees-d-antibiotherapies-diverticulite-aigue-sigmoidienne-non-compliquee</t>
+  </si>
+  <si>
+    <t>p_3282886</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapies : coqueluche chez le nourrisson, l’enfant et l’adulte</t>
+  </si>
+  <si>
+    <t>25/06/2024 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3525542/fr/choix-et-durees-d-antibiotherapies-coqueluche-chez-le-nourrisson-l-enfant-et-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3525542</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’enfant</t>
+  </si>
+  <si>
+    <t>15/07/2024 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529229/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-enfant</t>
   </si>
   <si>
     <t>p_3529229</t>
   </si>
   <si>
-    <t>07/12/2024 15:38:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3529230/en/acute-nasopharyngitis-and-acute-strep-throat-in-adults</t>
+    <t>Choix et durées d'antibiothérapies : Angine aiguë de l’adulte</t>
+  </si>
+  <si>
+    <t>12/07/2024 15:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529230/fr/choix-et-durees-d-antibiotherapies-angine-aigue-de-l-adulte</t>
   </si>
   <si>
     <t>p_3529230</t>
   </si>
   <si>
-    <t>Oral and dental care of patients at risk of infective endocarditis</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3301328/en/oral-and-dental-care-of-patients-at-risk-of-infective-endocarditis</t>
+    <t>Choix et durées d’antibiothérapies : Pneumonie Aiguë Communautaire de l’adulte en ambulatoire</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575597/fr/choix-et-durees-d-antibiotherapies-pneumonie-aigue-communautaire-de-l-adulte-en-ambulatoire</t>
+  </si>
+  <si>
+    <t>p_3575597</t>
+  </si>
+  <si>
+    <t>Choix et durées d’antibiothérapie dans les infections génitales hautes non compliquées</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3575605/fr/choix-et-durees-d-antibiotherapie-dans-les-infections-genitales-hautes-non-compliquees</t>
+  </si>
+  <si>
+    <t>p_3575605</t>
+  </si>
+  <si>
+    <t>Prise en charge bucco-dentaire des patients à haut risque d’endocardite infectieuse</t>
+  </si>
+  <si>
+    <t>Objectifs Définir les patients à haut risque d’El Améliorer les pratiques bucco-dentaires chez les patients à haut risque d’endocardite infectieuse, Limiter les prescriptions non appropriées dans le but de lutter contre l’antibiorésistance, Préciser les modalités de l’antibioprophylaxie quand elle est indiquée, Améliorer la prise en charge dentaire de ces patients Homogénéiser, sur le territoire national, les pratiques médicales et la prise en charge bucco-dentaire chez ces patients notamment en implantologie, chirurgie buccale et endodontie.</t>
+  </si>
+  <si>
+    <t>24/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>29/11/2021 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3301328/fr/prise-en-charge-bucco-dentaire-des-patients-a-haut-risque-d-endocardite-infectieuse</t>
   </si>
   <si>
     <t>p_3301328</t>
   </si>
   <si>
-    <t>General principles and prescription recommendations for antibiotics in primary care</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1723138/en/general-principles-and-prescription-recommendations-for-antibiotics-in-primary-care</t>
+    <t>Choix et durées d’antibiothérapie dans les exacerbations aiguës de bronchopneumopathie chronique obstructive (EABPCO)</t>
+  </si>
+  <si>
+    <t>11/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3528903/fr/choix-et-durees-d-antibiotherapie-dans-les-exacerbations-aigues-de-bronchopneumopathie-chronique-obstructive-eabpco</t>
+  </si>
+  <si>
+    <t>p_3528903</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des furoncles chez l’adulte et chez l’enfant</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278809/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-furoncles-chez-l-adulte-et-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3278809</t>
+  </si>
+  <si>
+    <t>Choix et durées d'antibiothérapies : Prise en charge des dermohypodermites bactériennes non nécrosantes (DHBNN) chez l’adulte</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3282443/fr/choix-et-durees-d-antibiotherapies-prise-en-charge-des-dermohypodermites-bacteriennes-non-necrosantes-dhbnn-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3282443</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Antibiothérapie des infections à entérobactéries et à Pseudomonas aeruginosa chez l’adulte : place des carbapénèmes et de leurs alternatives</t>
+  </si>
+  <si>
+    <t>L’enjeu de ces recommandations est une meilleure utilisation des carbapénèmes, avec un objectif de réduction de leur consommation, principalement à l’hôpital, en limitant au strict nécessaire leur utilisation en antibiothérapie probabiliste ou documentée afin de préserver leur efficacité.</t>
+  </si>
+  <si>
+    <t>09/03/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>04/06/2019 11:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968915/fr/antibiotherapie-des-infections-a-enterobacteries-et-a-pseudomonas-aeruginosa-chez-l-adulte-place-des-carbapenemes-et-de-leurs-alternatives</t>
+  </si>
+  <si>
+    <t>c_2968915</t>
+  </si>
+  <si>
+    <t>Avulsion des 3èmes molaires : indications, techniques et modalités</t>
+  </si>
+  <si>
+    <t>Décider de la pertinence de l’avulsion des 3es molaires n'est pas toujours évident, tout comme adopter les modalités de prise en charge les plus pertinentes le cas échéant. Cette recommandation a pour but d'aider le praticien dans ses choix et d'homogénéiser et d'optimiser les pratiques en termes de technologie et de stratégie.</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>30/07/2019 11:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076150/fr/avulsion-des-3emes-molaires-indications-techniques-et-modalites</t>
+  </si>
+  <si>
+    <t>p_3076150</t>
+  </si>
+  <si>
+    <t>Prise en charge des infections cutanées bactériennes courantes</t>
+  </si>
+  <si>
+    <t>Ces recommandations abordent la prise en charge des principales infections cutanées bactériennes observées en médecine de ville : les dermohypodermites bactériennes non nécrosantes &amp; nécrosantes, la fasciite nécrosante, les infections bactériennes de plaie chronique, le furoncle, l’anthrax, la furonculose, les abcès cutanées et l’impétigo.</t>
+  </si>
+  <si>
+    <t>27/02/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911550/fr/prise-en-charge-des-infections-cutanees-bacteriennes-courantes</t>
+  </si>
+  <si>
+    <t>c_2911550</t>
+  </si>
+  <si>
+    <t>Prise en charge médicale et chirurgicale de la diverticulite colique</t>
+  </si>
+  <si>
+    <t>L’objectif de cette recommandation est d’améliorer la qualité de la prise en charge des patients présentant une diverticulite colique. Il s’agit d’une actualisation des précédentes recommandations de 2006.</t>
+  </si>
+  <si>
+    <t>22/11/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>12/12/2017 15:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2806798/fr/prise-en-charge-medicale-et-chirurgicale-de-la-diverticulite-colique</t>
+  </si>
+  <si>
+    <t>c_2806798</t>
+  </si>
+  <si>
+    <t>Principes généraux et conseils de prescription des antibiotiques en premier recours</t>
+  </si>
+  <si>
+    <t>Le but de cette fiche mémo est d’éviter la prescription inappropriée des antibiotiques, source de pression de sélection, qui aboutit à l’émergence des résistances bactériennes et à des impasses thérapeutiques.</t>
+  </si>
+  <si>
+    <t>05/02/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>24/02/2014 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1723138/fr/principes-generaux-et-conseils-de-prescription-des-antibiotiques-en-premier-recours</t>
   </si>
   <si>
     <t>c_1723138</t>
   </si>
   <si>
-    <t>Antibiotic therapy and prevention of bacterial resistance in healthcare organisations</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
   <si>
-    <t>Management of patients with cystic fibrosis (pulmonary disease and infection)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272206/en/management-of-patients-with-cystic-fibrosis-pulmonary-disease-and-infection</t>
+    <t>Prise en charge du patient atteint de mucoviscidose - Pneumologie et infectiologie</t>
+  </si>
+  <si>
+    <t>L'objectif de cette conférence de consensus est de répondre aux cinq questions suivantes, posées au jury :# 1. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Staphylococcus aureus ?# 2. Quels sont les critères diagnostiques de l’infection bronchopulmonaire à Pseudomonas aeruginosa ?# 3. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Staphylococcus aureus ?# 4. Quelle est la stratégie de l’antibiothérapie, quelle que soit la voie d’administration, vis-à-vis de Pseudomonas aeruginosa ?# 5. Quelle est la place des autres thérapeutiques à visée respiratoire dans le traitement de la mucoviscidose ?#</t>
+  </si>
+  <si>
+    <t>15/01/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>15/01/2003 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272206/fr/prise-en-charge-du-patient-atteint-de-mucoviscidose-pneumologie-et-infectiologie</t>
   </si>
   <si>
     <t>c_272206</t>
   </si>
   <si>
-    <t>Primary postpartum haemorrhage</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272417/en/primary-postpartum-haemorrhage</t>
+    <t>Diagnostic et traitement curatif de l'infection bactérienne précoce du nouveau-né</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1 Quels sont les critères anamnestiques et les signes cliniques de suspicion d'une infection bactérienne chez un nouveau-né ? 1 Quel bilan biologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quel bilan bactériologique faut-il pratiquer chez un nouveau-né suspect d'infection bactérienne ? 1 Quelle stratégie thérapeutique est recommandée ?</t>
+  </si>
+  <si>
+    <t>01/09/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
+  </si>
+  <si>
+    <t>c_272226</t>
+  </si>
+  <si>
+    <t>Hémorragies du post-partum immédiat</t>
+  </si>
+  <si>
+    <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
+  </si>
+  <si>
+    <t>01/11/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/11/2004 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3356489/en/management-missing-teeth-with-implant-supported-prostheses-complete-edentulism-or-single-missing-teeth-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigus</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint de pemphigus.</t>
+  </si>
+  <si>
+    <t>11/06/2018 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/maladies-bulleuses-auto-immunes-pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidose. Il a été élaboré par le centre de référence Mucoviscidose de Lyon à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/09/2017 16:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
+    <t>Communiqué de presse</t>
+  </si>
+  <si>
+    <t>Tous engagés pour un meilleur usage des antibiotiques</t>
+  </si>
+  <si>
+    <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
+  </si>
+  <si>
+    <t>18/11/2021 15:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
+  </si>
+  <si>
+    <t>p_3298977</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Prise en charge implanto-prothétique</t>
+  </si>
+  <si>
+    <t>Prise en charge implantaire, implants dentaires, édentement complet, édentement unitaire, prothèse amovible complète supra-implantaire, prothèse fixée unitaire supra-implantaire, couronne supra-implantaire</t>
+  </si>
+  <si>
+    <t>17/10/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>06/11/2024 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3356489/fr/prise-en-charge-implanto-prothetique</t>
   </si>
   <si>
     <t>p_3356489</t>
   </si>
   <si>
-    <t>Modification of the Nomenclature of Procedures in Laboratory Medicine for the diagnostic laboratory procedures for Clostridium difficile infections - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2607794/en/modification-of-the-nomenclature-of-procedures-in-laboratory-medicine-for-the-diagnostic-laboratory-procedures-for-clostridium-difficile-infections-inahta-brief</t>
+    <t>Modification de la Nomenclature des actes de biologie médicale pour les actes de diagnostic biologique des infections à Clostridium difficile</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’évaluer la détection de la glutamate déshydrogénase du C. difficile avec une méthode immuno-enzymatique ou immuno-chromatographique et la détection de l’acide désoxyribonucléique de cette bactérie, plus spécifiquement celui codant pour les toxines A et / ou B, avec un test d’amplification des acides nucléiques, lorsque qu’une infection à C. difficile (ICD) est suspectée. Ce travail a été mené en vue de l’inscription à la liste des actes de biologie médicale, pris en charge par le système national d’assurance maladie en France.</t>
+  </si>
+  <si>
+    <t>20/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/07/2016 17:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607794/fr/modification-de-la-nomenclature-des-actes-de-biologie-medicale-pour-les-actes-de-diagnostic-biologique-des-infections-a-clostridium-difficile</t>
   </si>
   <si>
     <t>c_2607794</t>
   </si>
   <si>
-    <t>Assessment of bronchial thermoplasty for the treatment of uncontrolled severe asthma - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2045264/en/assessment-of-bronchial-thermoplasty-for-the-treatment-of-uncontrolled-severe-asthma-inahta-brief</t>
+    <t>Évaluation de la thermoplastie bronchique pour le traitement de l’asthme sévère non contrôlé</t>
+  </si>
+  <si>
+    <t>Il s’agit de l’évaluation de la thermoplastie bronchique dans la prise en charge de l’asthme sévère chez les patients âgés de 18 ans et plus dont la maladie est non contrôlée malgré un traitement médicamenteux optimal et une bonne observance</t>
+  </si>
+  <si>
+    <t>20/01/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>28/01/2016 10:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2045264/fr/evaluation-de-la-thermoplastie-bronchique-pour-le-traitement-de-l-asthme-severe-non-controle</t>
   </si>
   <si>
     <t>c_2045264</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 11 septembre 2025</t>
+  </si>
+  <si>
+    <t>30/09/2025 10:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658265/fr/college-deliberatif-du-11-septembre-2025</t>
+  </si>
+  <si>
+    <t>p_3658265</t>
+  </si>
+  <si>
+    <t>Collège</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 15 décembre 2022</t>
+  </si>
+  <si>
+    <t>13/02/2024 15:46:19</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3494853/fr/college-deliberatif-du-15-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3494853</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Collège Délibératif du 23 mars 2023</t>
+  </si>
+  <si>
+    <t>24/05/2023 10:55:17</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3443238/fr/college-deliberatif-du-23-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3443238</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>01/07/2016 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2651132/fr/college-deliberatif-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2651132</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n° 2025. 0210/DC/MNS du 11 septembre 2025 du collège de la Haute Autorité de santé relative au déréférencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au déréférencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie.</t>
+  </si>
+  <si>
+    <t>11/09/2025 16:59:00</t>
+  </si>
+  <si>
+    <t>15/09/2025 09:11:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3658488/fr/decision-n-2025-0210/dc/mns-du-11-septembre-2025-du-college-de-la-haute-autorite-de-sante-relative-au-dereferencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-le-bon-usage-de-l-amoxicilline-seule-ou-associee-a-l-acide-clavulanique-dans-un-contexte-de-penurie</t>
+  </si>
+  <si>
+    <t>p_3658488</t>
+  </si>
+  <si>
+    <t>Décision n°2022.0471/DC/MNS du 15 décembre 2022 du collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie</t>
+  </si>
+  <si>
+    <t>Le document ci-dessous est la décision du Collège de la Haute Autorité de santé relative au référencement du système d’aide à la décision indexée par médicament (SAM) ayant pour objet le bon usage de l’amoxicilline seule ou associée à l’acide clavulanique, dans un contexte de pénurie, situé dans l'encadré "Voir aussi".</t>
+  </si>
+  <si>
+    <t>15/12/2022 15:02:00</t>
+  </si>
+  <si>
+    <t>20/12/2022 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3398562/fr/decision-n2022-0471/dc/mns-du-15-decembre-2022-du-college-de-la-haute-autorite-de-sante-relative-au-referencement-du-systeme-d-aide-a-la-decision-indexee-par-medicament-sam-ayant-pour-objet-le-bon-usage-de-l-amoxicilline-seule-ou-associee-a-l-acide-clavulanique-dans-un-contexte-de-penurie</t>
+  </si>
+  <si>
+    <t>p_3398562</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>AUGMENTIN (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>10/02/2022 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983319/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2983319</t>
+  </si>
+  <si>
+    <t>amoxicilline / acide clavulanique</t>
+  </si>
+  <si>
+    <t>Laboratoire DELBERT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398830/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399528/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399990/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486289/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1046826/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2623465/fr/augmentin-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2847886/fr/augmentin-adultes-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3316330/fr/augmentin-adultes-augmentin-500-mg/50-mg-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>CIBLOR (amoxicilline/ acide clavulanique)</t>
+  </si>
+  <si>
+    <t>17/01/2007 10:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985473/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>pprd_2985473</t>
+  </si>
+  <si>
+    <t>amoxicilline,acide clavulanique</t>
+  </si>
+  <si>
+    <t>PIERRE FABRE MEDICAMENT</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398865/fr/ciblor-amoxicilline/-acide-clavulanique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_486284/fr/ciblor-amoxicilline/-acide-clavulanique</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -449,526 +1169,2057 @@
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E3" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="H3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E4" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C5" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D5" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E5" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E6" t="s">
         <v>29</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>30</v>
       </c>
       <c r="H6" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>32</v>
       </c>
       <c r="C7" t="s">
-        <v>28</v>
+        <v>10</v>
       </c>
       <c r="D7" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E7" t="s">
+        <v>18</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
         <v>33</v>
       </c>
-      <c r="F7" t="s">
-[...2 lines deleted...]
-      <c r="G7" t="s">
+      <c r="H7" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>35</v>
+      </c>
+      <c r="C8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D8" t="s">
+        <v>17</v>
+      </c>
+      <c r="E8" t="s">
         <v>36</v>
       </c>
-      <c r="C8" t="s">
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
         <v>37</v>
       </c>
-      <c r="D8" t="s">
-[...8 lines deleted...]
-      <c r="G8" t="s">
+      <c r="H8" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>39</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C9" t="s">
+        <v>10</v>
+      </c>
+      <c r="D9" t="s">
+        <v>17</v>
+      </c>
+      <c r="E9" t="s">
         <v>40</v>
       </c>
-      <c r="C9" t="s">
-[...5 lines deleted...]
-      <c r="E9" t="s">
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
         <v>41</v>
       </c>
-      <c r="F9" t="s">
-[...2 lines deleted...]
-      <c r="G9" t="s">
+      <c r="H9" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" t="s">
+        <v>17</v>
+      </c>
+      <c r="E10" t="s">
+        <v>29</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
         <v>44</v>
       </c>
-      <c r="C10" t="s">
-[...11 lines deleted...]
-      <c r="G10" t="s">
+      <c r="H10" t="s">
         <v>45</v>
-      </c>
-[...1 lines deleted...]
-        <v>46</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="C11" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D11" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E11" t="s">
         <v>47</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>48</v>
       </c>
       <c r="H11" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>24</v>
+        <v>50</v>
       </c>
       <c r="C12" t="s">
-        <v>20</v>
+        <v>10</v>
       </c>
       <c r="D12" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="E12" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>51</v>
       </c>
       <c r="H12" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>53</v>
       </c>
       <c r="C13" t="s">
         <v>54</v>
       </c>
       <c r="D13" t="s">
+        <v>11</v>
+      </c>
+      <c r="E13" t="s">
         <v>55</v>
       </c>
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>56</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
+        <v>58</v>
+      </c>
+      <c r="C14" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" t="s">
+        <v>17</v>
+      </c>
+      <c r="E14" t="s">
+        <v>55</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>59</v>
       </c>
-      <c r="C14" t="s">
+      <c r="H14" t="s">
         <v>60</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="C15" t="s">
-        <v>66</v>
+        <v>10</v>
       </c>
       <c r="D15" t="s">
-        <v>67</v>
+        <v>17</v>
       </c>
       <c r="E15" t="s">
-        <v>68</v>
+        <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>13</v>
       </c>
       <c r="G15" t="s">
-        <v>69</v>
+        <v>62</v>
       </c>
       <c r="H15" t="s">
-        <v>70</v>
+        <v>63</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="C16" t="s">
-        <v>72</v>
+        <v>10</v>
       </c>
       <c r="D16" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="E16" t="s">
-        <v>73</v>
+        <v>55</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="H16" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>76</v>
+        <v>67</v>
       </c>
       <c r="C17" t="s">
-        <v>77</v>
+        <v>10</v>
       </c>
       <c r="D17" t="s">
-        <v>78</v>
+        <v>17</v>
       </c>
       <c r="E17" t="s">
-        <v>79</v>
+        <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>13</v>
       </c>
       <c r="G17" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="H17" t="s">
-        <v>81</v>
+        <v>69</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>82</v>
+        <v>70</v>
       </c>
       <c r="C18" t="s">
-        <v>83</v>
+        <v>10</v>
       </c>
       <c r="D18" t="s">
-        <v>84</v>
+        <v>17</v>
       </c>
       <c r="E18" t="s">
-        <v>85</v>
+        <v>55</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>86</v>
+        <v>71</v>
       </c>
       <c r="H18" t="s">
-        <v>87</v>
+        <v>72</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>89</v>
+        <v>73</v>
       </c>
       <c r="C19" t="s">
-        <v>90</v>
+        <v>10</v>
       </c>
       <c r="D19" t="s">
-        <v>91</v>
+        <v>17</v>
       </c>
       <c r="E19" t="s">
-        <v>92</v>
+        <v>55</v>
       </c>
       <c r="F19" t="s">
         <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="H19" t="s">
-        <v>94</v>
+        <v>75</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
-        <v>88</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>95</v>
+        <v>76</v>
       </c>
       <c r="C20" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>97</v>
+        <v>17</v>
       </c>
       <c r="E20" t="s">
-        <v>98</v>
+        <v>55</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
-        <v>99</v>
+        <v>77</v>
       </c>
       <c r="H20" t="s">
-        <v>100</v>
+        <v>78</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
+        <v>8</v>
+      </c>
+      <c r="B21" t="s">
+        <v>79</v>
+      </c>
+      <c r="C21" t="s">
+        <v>10</v>
+      </c>
+      <c r="D21" t="s">
+        <v>11</v>
+      </c>
+      <c r="E21" t="s">
+        <v>80</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>81</v>
+      </c>
+      <c r="H21" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>8</v>
+      </c>
+      <c r="B22" t="s">
+        <v>83</v>
+      </c>
+      <c r="C22" t="s">
+        <v>10</v>
+      </c>
+      <c r="D22" t="s">
+        <v>17</v>
+      </c>
+      <c r="E22" t="s">
+        <v>84</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>85</v>
+      </c>
+      <c r="H22" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>8</v>
+      </c>
+      <c r="B23" t="s">
+        <v>87</v>
+      </c>
+      <c r="C23" t="s">
+        <v>10</v>
+      </c>
+      <c r="D23" t="s">
+        <v>17</v>
+      </c>
+      <c r="E23" t="s">
         <v>88</v>
       </c>
-      <c r="B21" t="s">
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>89</v>
+      </c>
+      <c r="H23" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>8</v>
+      </c>
+      <c r="B24" t="s">
+        <v>91</v>
+      </c>
+      <c r="C24" t="s">
+        <v>10</v>
+      </c>
+      <c r="D24" t="s">
+        <v>11</v>
+      </c>
+      <c r="E24" t="s">
+        <v>12</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>92</v>
+      </c>
+      <c r="H24" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>94</v>
+      </c>
+      <c r="C25" t="s">
+        <v>10</v>
+      </c>
+      <c r="D25" t="s">
+        <v>11</v>
+      </c>
+      <c r="E25" t="s">
+        <v>12</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>95</v>
+      </c>
+      <c r="H25" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>8</v>
+      </c>
+      <c r="B26" t="s">
+        <v>97</v>
+      </c>
+      <c r="C26" t="s">
+        <v>98</v>
+      </c>
+      <c r="D26" t="s">
+        <v>99</v>
+      </c>
+      <c r="E26" t="s">
+        <v>100</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
         <v>101</v>
       </c>
-      <c r="C21" t="s">
+      <c r="H26" t="s">
         <v>102</v>
       </c>
-      <c r="D21" t="s">
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>8</v>
+      </c>
+      <c r="B27" t="s">
         <v>103</v>
       </c>
-      <c r="E21" t="s">
+      <c r="C27" t="s">
+        <v>10</v>
+      </c>
+      <c r="D27" t="s">
         <v>104</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="E27" t="s">
+        <v>84</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
         <v>105</v>
       </c>
-      <c r="H21" t="s">
+      <c r="H27" t="s">
         <v>106</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>107</v>
+      </c>
+      <c r="C28" t="s">
+        <v>10</v>
+      </c>
+      <c r="D28" t="s">
+        <v>17</v>
+      </c>
+      <c r="E28" t="s">
+        <v>55</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>108</v>
+      </c>
+      <c r="H28" t="s">
+        <v>109</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>110</v>
+      </c>
+      <c r="C29" t="s">
+        <v>10</v>
+      </c>
+      <c r="D29" t="s">
+        <v>17</v>
+      </c>
+      <c r="E29" t="s">
+        <v>55</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>111</v>
+      </c>
+      <c r="H29" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>8</v>
+      </c>
+      <c r="B30" t="s">
+        <v>113</v>
+      </c>
+      <c r="C30" t="s">
+        <v>114</v>
+      </c>
+      <c r="D30" t="s">
+        <v>115</v>
+      </c>
+      <c r="E30" t="s">
+        <v>116</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>117</v>
+      </c>
+      <c r="H30" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>8</v>
+      </c>
+      <c r="B31" t="s">
+        <v>119</v>
+      </c>
+      <c r="C31" t="s">
+        <v>120</v>
+      </c>
+      <c r="D31" t="s">
+        <v>121</v>
+      </c>
+      <c r="E31" t="s">
+        <v>122</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>123</v>
+      </c>
+      <c r="H31" t="s">
+        <v>124</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>8</v>
+      </c>
+      <c r="B32" t="s">
+        <v>125</v>
+      </c>
+      <c r="C32" t="s">
+        <v>126</v>
+      </c>
+      <c r="D32" t="s">
+        <v>127</v>
+      </c>
+      <c r="E32" t="s">
+        <v>128</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>129</v>
+      </c>
+      <c r="H32" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
+        <v>131</v>
+      </c>
+      <c r="C33" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" t="s">
+        <v>133</v>
+      </c>
+      <c r="E33" t="s">
+        <v>134</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>135</v>
+      </c>
+      <c r="H33" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>8</v>
+      </c>
+      <c r="B34" t="s">
+        <v>137</v>
+      </c>
+      <c r="C34" t="s">
+        <v>138</v>
+      </c>
+      <c r="D34" t="s">
+        <v>139</v>
+      </c>
+      <c r="E34" t="s">
+        <v>140</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>141</v>
+      </c>
+      <c r="H34" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>8</v>
+      </c>
+      <c r="B35" t="s">
+        <v>143</v>
+      </c>
+      <c r="C35" t="s">
+        <v>144</v>
+      </c>
+      <c r="D35" t="s">
+        <v>145</v>
+      </c>
+      <c r="E35" t="s">
+        <v>146</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>147</v>
+      </c>
+      <c r="H35" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>8</v>
+      </c>
+      <c r="B36" t="s">
+        <v>149</v>
+      </c>
+      <c r="C36" t="s">
+        <v>150</v>
+      </c>
+      <c r="D36" t="s">
+        <v>151</v>
+      </c>
+      <c r="E36" t="s">
+        <v>152</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>153</v>
+      </c>
+      <c r="H36" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>8</v>
+      </c>
+      <c r="B37" t="s">
+        <v>155</v>
+      </c>
+      <c r="C37" t="s">
+        <v>156</v>
+      </c>
+      <c r="D37" t="s">
+        <v>157</v>
+      </c>
+      <c r="E37" t="s">
+        <v>158</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>159</v>
+      </c>
+      <c r="H37" t="s">
+        <v>160</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>8</v>
+      </c>
+      <c r="B38" t="s">
+        <v>161</v>
+      </c>
+      <c r="C38" t="s">
+        <v>162</v>
+      </c>
+      <c r="D38" t="s">
+        <v>163</v>
+      </c>
+      <c r="E38" t="s">
+        <v>163</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>164</v>
+      </c>
+      <c r="H38" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" t="s">
+        <v>166</v>
+      </c>
+      <c r="C39" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" t="s">
+        <v>168</v>
+      </c>
+      <c r="E39" t="s">
+        <v>169</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>170</v>
+      </c>
+      <c r="H39" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>8</v>
+      </c>
+      <c r="B40" t="s">
+        <v>172</v>
+      </c>
+      <c r="C40" t="s">
+        <v>173</v>
+      </c>
+      <c r="D40" t="s">
+        <v>174</v>
+      </c>
+      <c r="E40" t="s">
+        <v>175</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>176</v>
+      </c>
+      <c r="H40" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>8</v>
+      </c>
+      <c r="B41" t="s">
+        <v>178</v>
+      </c>
+      <c r="C41" t="s">
+        <v>179</v>
+      </c>
+      <c r="D41" t="s">
+        <v>180</v>
+      </c>
+      <c r="E41" t="s">
+        <v>181</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>182</v>
+      </c>
+      <c r="H41" t="s">
+        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H15"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>184</v>
+      </c>
+      <c r="B2" t="s">
+        <v>185</v>
+      </c>
+      <c r="C2" t="s">
+        <v>186</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>187</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>188</v>
+      </c>
+      <c r="H2" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>184</v>
+      </c>
+      <c r="B3" t="s">
+        <v>190</v>
+      </c>
+      <c r="C3" t="s">
+        <v>191</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>192</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>193</v>
+      </c>
+      <c r="H3" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>184</v>
+      </c>
+      <c r="B4" t="s">
+        <v>195</v>
+      </c>
+      <c r="C4" t="s">
+        <v>196</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>197</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>198</v>
+      </c>
+      <c r="H4" t="s">
+        <v>199</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>184</v>
+      </c>
+      <c r="B5" t="s">
+        <v>200</v>
+      </c>
+      <c r="C5" t="s">
+        <v>201</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>202</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>203</v>
+      </c>
+      <c r="H5" t="s">
+        <v>204</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>184</v>
+      </c>
+      <c r="B6" t="s">
+        <v>205</v>
+      </c>
+      <c r="C6" t="s">
+        <v>206</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>207</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>208</v>
+      </c>
+      <c r="H6" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>184</v>
+      </c>
+      <c r="B7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C7" t="s">
+        <v>211</v>
+      </c>
+      <c r="D7" t="s">
+        <v>212</v>
+      </c>
+      <c r="E7" t="s">
+        <v>213</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>214</v>
+      </c>
+      <c r="H7" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>184</v>
+      </c>
+      <c r="B8" t="s">
+        <v>216</v>
+      </c>
+      <c r="C8" t="s">
+        <v>217</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>218</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>219</v>
+      </c>
+      <c r="H8" t="s">
+        <v>220</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>184</v>
+      </c>
+      <c r="B9" t="s">
+        <v>221</v>
+      </c>
+      <c r="C9" t="s">
+        <v>222</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>223</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>224</v>
+      </c>
+      <c r="H9" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>184</v>
+      </c>
+      <c r="B10" t="s">
+        <v>226</v>
+      </c>
+      <c r="C10" t="s">
+        <v>227</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>228</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>229</v>
+      </c>
+      <c r="H10" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>184</v>
+      </c>
+      <c r="B11" t="s">
+        <v>231</v>
+      </c>
+      <c r="C11" t="s">
+        <v>232</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>233</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>234</v>
+      </c>
+      <c r="H11" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>184</v>
+      </c>
+      <c r="B12" t="s">
+        <v>236</v>
+      </c>
+      <c r="C12" t="s">
+        <v>237</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>238</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>239</v>
+      </c>
+      <c r="H12" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>184</v>
+      </c>
+      <c r="B13" t="s">
+        <v>241</v>
+      </c>
+      <c r="C13" t="s">
+        <v>242</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>243</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>244</v>
+      </c>
+      <c r="H13" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>184</v>
+      </c>
+      <c r="B14" t="s">
+        <v>246</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>247</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>248</v>
+      </c>
+      <c r="H14" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>184</v>
+      </c>
+      <c r="B15" t="s">
+        <v>250</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>247</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>251</v>
+      </c>
+      <c r="H15" t="s">
+        <v>252</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>253</v>
+      </c>
+      <c r="B2" t="s">
+        <v>254</v>
+      </c>
+      <c r="C2" t="s">
+        <v>255</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>256</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>257</v>
+      </c>
+      <c r="H2" t="s">
+        <v>258</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>259</v>
+      </c>
+      <c r="B2" t="s">
+        <v>260</v>
+      </c>
+      <c r="C2" t="s">
+        <v>261</v>
+      </c>
+      <c r="D2" t="s">
+        <v>262</v>
+      </c>
+      <c r="E2" t="s">
+        <v>263</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>264</v>
+      </c>
+      <c r="H2" t="s">
+        <v>265</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>259</v>
+      </c>
+      <c r="B3" t="s">
+        <v>266</v>
+      </c>
+      <c r="C3" t="s">
+        <v>267</v>
+      </c>
+      <c r="D3" t="s">
+        <v>268</v>
+      </c>
+      <c r="E3" t="s">
+        <v>269</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>270</v>
+      </c>
+      <c r="H3" t="s">
+        <v>271</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>259</v>
+      </c>
+      <c r="B4" t="s">
+        <v>272</v>
+      </c>
+      <c r="C4" t="s">
+        <v>273</v>
+      </c>
+      <c r="D4" t="s">
+        <v>274</v>
+      </c>
+      <c r="E4" t="s">
+        <v>275</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>276</v>
+      </c>
+      <c r="H4" t="s">
+        <v>277</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>279</v>
+      </c>
+      <c r="B2" t="s">
+        <v>280</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>282</v>
+      </c>
+      <c r="H2" t="s">
+        <v>283</v>
+      </c>
+      <c r="I2" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>279</v>
+      </c>
+      <c r="B3" t="s">
+        <v>285</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>286</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>287</v>
+      </c>
+      <c r="H3" t="s">
+        <v>288</v>
+      </c>
+      <c r="I3" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>279</v>
+      </c>
+      <c r="B4" t="s">
+        <v>290</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>291</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>292</v>
+      </c>
+      <c r="H4" t="s">
+        <v>293</v>
+      </c>
+      <c r="I4" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>279</v>
+      </c>
+      <c r="B5" t="s">
+        <v>294</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>295</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>296</v>
+      </c>
+      <c r="H5" t="s">
+        <v>297</v>
+      </c>
+      <c r="I5" t="s">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>279</v>
+      </c>
+      <c r="B6" t="s">
+        <v>298</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>299</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>300</v>
+      </c>
+      <c r="H6" t="s">
+        <v>301</v>
+      </c>
+      <c r="I6" t="s">
+        <v>289</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>302</v>
+      </c>
+      <c r="B2" t="s">
+        <v>303</v>
+      </c>
+      <c r="C2" t="s">
+        <v>304</v>
+      </c>
+      <c r="D2" t="s">
+        <v>305</v>
+      </c>
+      <c r="E2" t="s">
+        <v>306</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>307</v>
+      </c>
+      <c r="H2" t="s">
+        <v>308</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>302</v>
+      </c>
+      <c r="B3" t="s">
+        <v>309</v>
+      </c>
+      <c r="C3" t="s">
+        <v>310</v>
+      </c>
+      <c r="D3" t="s">
+        <v>311</v>
+      </c>
+      <c r="E3" t="s">
+        <v>312</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>313</v>
+      </c>
+      <c r="H3" t="s">
+        <v>314</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:R3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>315</v>
+      </c>
+      <c r="J1" t="s">
+        <v>316</v>
+      </c>
+      <c r="K1" t="s">
+        <v>317</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>318</v>
+      </c>
+      <c r="B2" t="s">
+        <v>319</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>320</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>321</v>
+      </c>
+      <c r="H2" t="s">
+        <v>322</v>
+      </c>
+      <c r="I2" t="s">
+        <v>323</v>
+      </c>
+      <c r="J2" t="s">
+        <v>324</v>
+      </c>
+      <c r="K2" t="s">
+        <v>325</v>
+      </c>
+      <c r="L2" t="s">
+        <v>326</v>
+      </c>
+      <c r="M2" t="s">
+        <v>327</v>
+      </c>
+      <c r="N2" t="s">
+        <v>328</v>
+      </c>
+      <c r="O2" t="s">
+        <v>329</v>
+      </c>
+      <c r="P2" t="s">
+        <v>330</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>331</v>
+      </c>
+      <c r="R2" t="s">
+        <v>332</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>318</v>
+      </c>
+      <c r="B3" t="s">
+        <v>333</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>334</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>335</v>
+      </c>
+      <c r="H3" t="s">
+        <v>336</v>
+      </c>
+      <c r="I3" t="s">
+        <v>337</v>
+      </c>
+      <c r="J3" t="s">
+        <v>338</v>
+      </c>
+      <c r="K3" t="s">
+        <v>339</v>
+      </c>
+      <c r="L3" t="s">
+        <v>340</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>