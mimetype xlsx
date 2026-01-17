--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -27,51 +27,51 @@
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="615" uniqueCount="341">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="607" uniqueCount="336">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -750,65 +750,50 @@
     <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
   </si>
   <si>
     <t>04/04/2018 17:30:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
   </si>
   <si>
     <t>c_717292</t>
   </si>
   <si>
     <t>Dyskinésies ciliaires primitives</t>
   </si>
   <si>
     <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
   </si>
   <si>
     <t>12/01/2018 10:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
   </si>
   <si>
     <t>c_2819338</t>
-  </si>
-[...13 lines deleted...]
-    <t>c_2792719</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
   </si>
   <si>
     <t>06/06/2016 15:01:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
   </si>
   <si>
     <t>c_2636206</t>
   </si>
   <si>
     <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
   </si>
   <si>
     <t>c_2636276</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
@@ -2180,51 +2165,51 @@
       </c>
       <c r="D41" t="s">
         <v>180</v>
       </c>
       <c r="E41" t="s">
         <v>181</v>
       </c>
       <c r="F41" t="s">
         <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>182</v>
       </c>
       <c r="H41" t="s">
         <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H15"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2506,720 +2491,694 @@
       </c>
       <c r="D12" t="s">
         <v>13</v>
       </c>
       <c r="E12" t="s">
         <v>238</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>239</v>
       </c>
       <c r="H12" t="s">
         <v>240</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>184</v>
       </c>
       <c r="B13" t="s">
         <v>241</v>
       </c>
       <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
         <v>242</v>
       </c>
-      <c r="D13" t="s">
-[...2 lines deleted...]
-      <c r="E13" t="s">
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
         <v>243</v>
       </c>
-      <c r="F13" t="s">
-[...2 lines deleted...]
-      <c r="G13" t="s">
+      <c r="H13" t="s">
         <v>244</v>
-      </c>
-[...1 lines deleted...]
-        <v>245</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>184</v>
       </c>
       <c r="B14" t="s">
+        <v>245</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>242</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
         <v>246</v>
       </c>
-      <c r="C14" t="s">
-[...5 lines deleted...]
-      <c r="E14" t="s">
+      <c r="H14" t="s">
         <v>247</v>
-      </c>
-[...33 lines deleted...]
-        <v>252</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>248</v>
+      </c>
+      <c r="B2" t="s">
+        <v>249</v>
+      </c>
+      <c r="C2" t="s">
+        <v>250</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>251</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>252</v>
+      </c>
+      <c r="H2" t="s">
         <v>253</v>
-      </c>
-[...19 lines deleted...]
-        <v>258</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>254</v>
+      </c>
+      <c r="B2" t="s">
+        <v>255</v>
+      </c>
+      <c r="C2" t="s">
+        <v>256</v>
+      </c>
+      <c r="D2" t="s">
+        <v>257</v>
+      </c>
+      <c r="E2" t="s">
+        <v>258</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>259</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>260</v>
-      </c>
-[...16 lines deleted...]
-        <v>265</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B3" t="s">
+        <v>261</v>
+      </c>
+      <c r="C3" t="s">
+        <v>262</v>
+      </c>
+      <c r="D3" t="s">
+        <v>263</v>
+      </c>
+      <c r="E3" t="s">
+        <v>264</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>265</v>
+      </c>
+      <c r="H3" t="s">
         <v>266</v>
-      </c>
-[...16 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
       <c r="B4" t="s">
+        <v>267</v>
+      </c>
+      <c r="C4" t="s">
+        <v>268</v>
+      </c>
+      <c r="D4" t="s">
+        <v>269</v>
+      </c>
+      <c r="E4" t="s">
+        <v>270</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>271</v>
+      </c>
+      <c r="H4" t="s">
         <v>272</v>
-      </c>
-[...16 lines deleted...]
-        <v>277</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>278</v>
+        <v>273</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>274</v>
+      </c>
+      <c r="B2" t="s">
+        <v>275</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>276</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>277</v>
+      </c>
+      <c r="H2" t="s">
+        <v>278</v>
+      </c>
+      <c r="I2" t="s">
         <v>279</v>
-      </c>
-[...22 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B3" t="s">
-        <v>285</v>
+        <v>280</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>286</v>
+        <v>281</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="H3" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="I3" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B4" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="H4" t="s">
-        <v>293</v>
+        <v>288</v>
       </c>
       <c r="I4" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B5" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
       <c r="H5" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="I5" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>279</v>
+        <v>274</v>
       </c>
       <c r="B6" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="H6" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="I6" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>297</v>
+      </c>
+      <c r="B2" t="s">
+        <v>298</v>
+      </c>
+      <c r="C2" t="s">
+        <v>299</v>
+      </c>
+      <c r="D2" t="s">
+        <v>300</v>
+      </c>
+      <c r="E2" t="s">
+        <v>301</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>302</v>
       </c>
-      <c r="B2" t="s">
+      <c r="H2" t="s">
         <v>303</v>
-      </c>
-[...16 lines deleted...]
-        <v>308</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B3" t="s">
+        <v>304</v>
+      </c>
+      <c r="C3" t="s">
+        <v>305</v>
+      </c>
+      <c r="D3" t="s">
+        <v>306</v>
+      </c>
+      <c r="E3" t="s">
+        <v>307</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>308</v>
+      </c>
+      <c r="H3" t="s">
         <v>309</v>
-      </c>
-[...16 lines deleted...]
-        <v>314</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="J1" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="K1" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>313</v>
+      </c>
+      <c r="B2" t="s">
+        <v>314</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>315</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>316</v>
+      </c>
+      <c r="H2" t="s">
+        <v>317</v>
+      </c>
+      <c r="I2" t="s">
         <v>318</v>
       </c>
-      <c r="B2" t="s">
+      <c r="J2" t="s">
         <v>319</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="K2" t="s">
         <v>320</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="L2" t="s">
         <v>321</v>
       </c>
-      <c r="H2" t="s">
+      <c r="M2" t="s">
         <v>322</v>
       </c>
-      <c r="I2" t="s">
+      <c r="N2" t="s">
         <v>323</v>
       </c>
-      <c r="J2" t="s">
+      <c r="O2" t="s">
         <v>324</v>
       </c>
-      <c r="K2" t="s">
+      <c r="P2" t="s">
         <v>325</v>
       </c>
-      <c r="L2" t="s">
+      <c r="Q2" t="s">
         <v>326</v>
       </c>
-      <c r="M2" t="s">
+      <c r="R2" t="s">
         <v>327</v>
-      </c>
-[...13 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="B3" t="s">
+        <v>328</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>329</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>330</v>
+      </c>
+      <c r="H3" t="s">
+        <v>331</v>
+      </c>
+      <c r="I3" t="s">
+        <v>332</v>
+      </c>
+      <c r="J3" t="s">
         <v>333</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="K3" t="s">
         <v>334</v>
       </c>
-      <c r="F3" t="s">
-[...2 lines deleted...]
-      <c r="G3" t="s">
+      <c r="L3" t="s">
         <v>335</v>
-      </c>
-[...13 lines deleted...]
-        <v>340</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>