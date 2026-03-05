--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -6,115 +6,310 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Recommandation de bonne " r:id="rId3" sheetId="1"/>
-    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
     <sheet name="Export Communiqué de presse" r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Communiqué de presse'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="607" uniqueCount="336">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="607" uniqueCount="337">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Pemphigus</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de pemphigus. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>30/01/2026 14:00:00</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636265/fr/pemphigus</t>
+  </si>
+  <si>
+    <t>c_2636265</t>
+  </si>
+  <si>
+    <t>Maladie de Rendu-Osler</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins de patients atteints de la maladie de Rendu-Osler à l’âge pédiatrique et à l’âge adulte. Il a été élaboré par le Centre de Référence de la Maladie de Rendu-Osler à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/08/2024 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_875183/fr/maladie-de-rendu-osler</t>
+  </si>
+  <si>
+    <t>c_875183</t>
+  </si>
+  <si>
+    <t>Anémies Hémolytiques Auto-Immunes de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD2 : insuffisances médullaires et autres cytopénies chroniques. Il a été élaboré par le Centre de Référence des Cytopénies Auto-Immunes de l’adulte (CeReCAI) sous l’égide de la filière de santé Maladies Rares MARIH à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>06/08/2024 16:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3536031/fr/anemies-hemolytiques-auto-immunes-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3536031</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Bronchectasie de l’enfant, diagnostic et prise en charge (hors mucoviscidose et dyskinésies ciliaires primitives)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant atteint de dilatations des bronches (DDBs) ou bronchectasies (hors mucoviscidose et dyskinésies ciliaires primitives). Il a été élaboré par le Centre de référence des maladies respiratoires rares – RespiRare à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>14/10/2021 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3290052/fr/bronchectasie-de-l-enfant-diagnostic-et-prise-en-charge-hors-mucoviscidose-et-dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>p_3290052</t>
+  </si>
+  <si>
+    <t>Syndromes thalassémiques majeurs et intermédiaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome Thalassémique Majeur ou Thalassémie Dépendante des Transfusions (TM ou TDT) et Intermédiaire ou Thalassémie Non Dépendante des Transfusions (TI ou TNDT) admis en ALD au titre de l’ALD 10, hémoglobinopathies invalidantes incluant les bêta-thalassémies (majeures et intermédiaires) et les alpha-thalassémies (hémoglobinoses H principalement). Il a été élaboré par la Filière de santé maladies rares MCGRE Maladies constitutionnelles rares du globule rouge et de l’érythropoïèse à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>29/07/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_680242/fr/syndromes-thalassemiques-majeurs-et-intermediaires</t>
+  </si>
+  <si>
+    <t>c_680242</t>
+  </si>
+  <si>
+    <t>Malformations lymphatiques kystiques (MLK)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de malformations lymphatiques kystiques (MLK). Il a été élaboré par les Centres de Référence et de Compétences Maladies Rares de la filière de santé FIMARAD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>09/03/2021 08:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3241227/fr/malformations-lymphatiques-kystiques-mlk</t>
+  </si>
+  <si>
+    <t>p_3241227</t>
+  </si>
+  <si>
+    <t>Pancréatite Chronique Héréditaire</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient porteur d'une Pancréatite Chronique Héréditaire. Il a été élaboré par le Centre de référence pour les maladies rares du pancréas CRMR PaRaDis, Pancreatic Rare Diseases à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2020 10:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3225352/fr/pancreatite-chronique-hereditaire</t>
+  </si>
+  <si>
+    <t>p_3225352</t>
+  </si>
+  <si>
+    <t>Pemphigoïde bulleuse</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de Pemphigoïde bulleuse. Il a été élaboré par le centre de référence des maladies bulleuses auto-immunesà l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636201/fr/pemphigoide-bulleuse</t>
+  </si>
+  <si>
+    <t>c_2636201</t>
+  </si>
+  <si>
+    <t>Sclérodermie Systémique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce Protocole National de Diagnostic et de Soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient pris en charge comme affection de longue durée au titre de l’ALD 21 : « périartérite noueuse, lupus érythémateux aigu disséminé, sclérodermie systémique ». Ce PNDS concerne uniquement les patients atteints de ScS et se limite aux formes concernées par le texte de l’ALD actuel. Il a été décidé de ne pas inclure dans ce PNDS les sclérodermies localisées, encore appelées morphées, qui sont des atteintes scléreuses de la peau, le plus souvent circonscrites à celle-ci, mais pouvant parfois s’étendre aux tissus sous-jacents musculaires, osseux et parfois nerveux, sans manifestations systémiques.</t>
+  </si>
+  <si>
+    <t>04/04/2018 17:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_717292/fr/sclerodermie-systemique</t>
+  </si>
+  <si>
+    <t>c_717292</t>
+  </si>
+  <si>
+    <t>Dyskinésies ciliaires primitives</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale et le parcours de soins d’un patient atteint de dyskinésie ciliaire primitive (DCP).</t>
+  </si>
+  <si>
+    <t>12/01/2018 10:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2819338/fr/dyskinesies-ciliaires-primitives</t>
+  </si>
+  <si>
+    <t>c_2819338</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Pemphigoïde cicatricielle</t>
+  </si>
+  <si>
+    <t>06/06/2016 15:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636206/fr/maladies-bulleuses-auto-immunes-pemphigoide-cicatricielle</t>
+  </si>
+  <si>
+    <t>c_2636206</t>
+  </si>
+  <si>
+    <t>Maladies bulleuses auto-immunes : Épidermolyse bulleuse acquise</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2636276/fr/maladies-bulleuses-auto-immunes-epidermolyse-bulleuse-acquise</t>
+  </si>
+  <si>
+    <t>c_2636276</t>
+  </si>
+  <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Choix et durées d’antibiothérapie : Pneumonie Aiguë Communautaire chez l’enfant</t>
   </si>
   <si>
     <t>L’expansion de l’antibiorésistance constitue un problème majeur de santé publique. La HAS met à disposition des professionnels de santé une série de fiches synthétiques préconisant les durées d'antibiothérapie les plus courtes possibles pour les infections bactériennes courantes de ville. En collaboration avec la Société de pathologie infectieuse de langue française (SPILF) et le Groupe de pathologie infectieuse pédiatrique (GPIP).</t>
   </si>
   <si>
     <t>19/12/2024 00:00:00</t>
   </si>
   <si>
     <t>09/01/2025 08:43:00</t>
   </si>
   <si>
-    <t/>
-[...1 lines deleted...]
-  <si>
     <t>https://www.has-sante.fr/jcms/p_3575612/fr/choix-et-durees-d-antibiotherapie-pneumonie-aigue-communautaire-chez-l-enfant</t>
   </si>
   <si>
     <t>p_3575612</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Otite moyenne aiguë purulente de l’enfant</t>
   </si>
   <si>
     <t>15/07/2021 00:00:00</t>
   </si>
   <si>
     <t>27/08/2021 12:16:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2722749/fr/choix-et-durees-d-antibiotherapies-otite-moyenne-aigue-purulente-de-l-enfant</t>
   </si>
   <si>
     <t>c_2722749</t>
   </si>
   <si>
     <t>Choix et durées d'antibiothérapies : Urétrites et cervicites non compliquées</t>
   </si>
   <si>
     <t>27/08/2021 10:32:00</t>
@@ -579,242 +774,50 @@
     <t>01/09/2002 17:51:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272226/fr/diagnostic-et-traitement-curatif-de-l-infection-bacterienne-precoce-du-nouveau-ne</t>
   </si>
   <si>
     <t>c_272226</t>
   </si>
   <si>
     <t>Hémorragies du post-partum immédiat</t>
   </si>
   <si>
     <t>Les hémorragies du post-partum (HPP) sont la première cause de mortalité maternelle en France.# Ces recommandations ont pour objectif d’aider les professionnels de santé (gynécologue-obstétriciens, anesthésistes-réanimateurs, sages-femmes) à prendre une décision médicale dans ce contexte d’urgence.# Les recommandations répondent aux principales questions suivantes : # 1. Quels sont les facteurs de risque en période anténatale et pendant le travail ?# 2. Quelle est la prise en charge recommandée en période anténatale et au moment de l’accouchement afin de diminuer le risque de survenue ou les conséquences d’une HPP ?# 3. Quelle est la prise en charge recommandée en cas d’HPP initiale et en cas d’HPP qui persiste ?# 4. Quelles sont les méthodes invasives recommandées et quelle stratégie adopter en cas d’HPP menaçant le pronostic vital ?</t>
   </si>
   <si>
     <t>01/11/2004 00:00:00</t>
   </si>
   <si>
     <t>01/11/2004 16:52:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_272417/fr/hemorragies-du-post-partum-immediat</t>
   </si>
   <si>
     <t>c_272417</t>
-  </si>
-[...190 lines deleted...]
-    <t>c_2636276</t>
   </si>
   <si>
     <t>Communiqué de presse</t>
   </si>
   <si>
     <t>Tous engagés pour un meilleur usage des antibiotiques</t>
   </si>
   <si>
     <t>A l’occasion de la journée européenne d’information sur les antibiotiques du 18 novembre, les acteurs engagés dans la lutte contre l’antibiorésistance publient un état des lieux de la consommation des antibiotiques et de la résistance bactérienne, en santé humaine et animale en France, ainsi que les pistes d’actions pour l’avenir dans une approche « une seule santé ». La pandémie de Covid-19 a eu un impact certain en santé humaine : la diminution de la consommation en ville est très nette, l’activité hospitalière a évolué de manière différente en lien avec la prise en charge des patients Covid-19. En santé animale, les objectifs des plans Ecoantibio sont atteints. Ces progrès notables nécessitent de poursuivre les efforts individuellement et collectivement.</t>
   </si>
   <si>
     <t>18/11/2021 15:20:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3298977/fr/tous-engages-pour-un-meilleur-usage-des-antibiotiques</t>
   </si>
   <si>
     <t>p_3298977</t>
   </si>
   <si>
     <t>Evaluation des technologies de santé</t>
   </si>
   <si>
     <t>Prise en charge implanto-prothétique</t>
   </si>
@@ -1085,51 +1088,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H41"/>
+  <dimension ref="A1:H14"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1151,2034 +1154,2034 @@
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>10</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
         <v>18</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>19</v>
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>21</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>22</v>
       </c>
       <c r="D4" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="H4" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C5" t="s">
-        <v>10</v>
+        <v>27</v>
       </c>
       <c r="D5" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="H5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="C6" t="s">
-        <v>10</v>
+        <v>32</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="H6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="C7" t="s">
-        <v>10</v>
+        <v>37</v>
       </c>
       <c r="D7" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>18</v>
+        <v>38</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H7" t="s">
-        <v>34</v>
+        <v>40</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>42</v>
       </c>
       <c r="D8" t="s">
-        <v>17</v>
+        <v>43</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="H8" t="s">
-        <v>38</v>
+        <v>46</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C9" t="s">
-        <v>10</v>
+        <v>48</v>
       </c>
       <c r="D9" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="H9" t="s">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>43</v>
+        <v>52</v>
       </c>
       <c r="C10" t="s">
-        <v>10</v>
+        <v>53</v>
       </c>
       <c r="D10" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>29</v>
+        <v>54</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>44</v>
+        <v>55</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>56</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="C11" t="s">
-        <v>10</v>
+        <v>58</v>
       </c>
       <c r="D11" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>47</v>
+        <v>59</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="H11" t="s">
-        <v>49</v>
+        <v>61</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>50</v>
+        <v>62</v>
       </c>
       <c r="C12" t="s">
-        <v>10</v>
+        <v>63</v>
       </c>
       <c r="D12" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="H12" t="s">
-        <v>52</v>
+        <v>66</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>53</v>
+        <v>67</v>
       </c>
       <c r="C13" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="D13" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E13" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>56</v>
+        <v>69</v>
       </c>
       <c r="H13" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="C14" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D14" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="E14" t="s">
-        <v>55</v>
+        <v>68</v>
       </c>
       <c r="F14" t="s">
         <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>59</v>
+        <v>72</v>
       </c>
       <c r="H14" t="s">
-        <v>60</v>
-[...110 lines deleted...]
-      <c r="B19" t="s">
         <v>73</v>
-      </c>
-[...588 lines deleted...]
-        <v>183</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H14"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B2" t="s">
-        <v>185</v>
+        <v>75</v>
       </c>
       <c r="C2" t="s">
-        <v>186</v>
+        <v>76</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="E2" t="s">
-        <v>187</v>
+        <v>78</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>188</v>
+        <v>79</v>
       </c>
       <c r="H2" t="s">
-        <v>189</v>
+        <v>80</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B3" t="s">
-        <v>190</v>
+        <v>81</v>
       </c>
       <c r="C3" t="s">
-        <v>191</v>
+        <v>76</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E3" t="s">
-        <v>192</v>
+        <v>83</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>193</v>
+        <v>84</v>
       </c>
       <c r="H3" t="s">
-        <v>194</v>
+        <v>85</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B4" t="s">
-        <v>195</v>
+        <v>86</v>
       </c>
       <c r="C4" t="s">
-        <v>196</v>
+        <v>76</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E4" t="s">
-        <v>197</v>
+        <v>87</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>198</v>
+        <v>88</v>
       </c>
       <c r="H4" t="s">
-        <v>199</v>
+        <v>89</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B5" t="s">
-        <v>200</v>
+        <v>90</v>
       </c>
       <c r="C5" t="s">
-        <v>201</v>
+        <v>76</v>
       </c>
       <c r="D5" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E5" t="s">
-        <v>202</v>
+        <v>83</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>203</v>
+        <v>91</v>
       </c>
       <c r="H5" t="s">
-        <v>204</v>
+        <v>92</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B6" t="s">
-        <v>205</v>
+        <v>93</v>
       </c>
       <c r="C6" t="s">
-        <v>206</v>
+        <v>76</v>
       </c>
       <c r="D6" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E6" t="s">
-        <v>207</v>
+        <v>94</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>208</v>
+        <v>95</v>
       </c>
       <c r="H6" t="s">
-        <v>209</v>
+        <v>96</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B7" t="s">
-        <v>210</v>
+        <v>97</v>
       </c>
       <c r="C7" t="s">
-        <v>211</v>
+        <v>76</v>
       </c>
       <c r="D7" t="s">
-        <v>212</v>
+        <v>82</v>
       </c>
       <c r="E7" t="s">
-        <v>213</v>
+        <v>83</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>214</v>
+        <v>98</v>
       </c>
       <c r="H7" t="s">
-        <v>215</v>
+        <v>99</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B8" t="s">
-        <v>216</v>
+        <v>100</v>
       </c>
       <c r="C8" t="s">
-        <v>217</v>
+        <v>76</v>
       </c>
       <c r="D8" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E8" t="s">
-        <v>218</v>
+        <v>101</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>219</v>
+        <v>102</v>
       </c>
       <c r="H8" t="s">
-        <v>220</v>
+        <v>103</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B9" t="s">
-        <v>221</v>
+        <v>104</v>
       </c>
       <c r="C9" t="s">
-        <v>222</v>
+        <v>76</v>
       </c>
       <c r="D9" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E9" t="s">
-        <v>223</v>
+        <v>105</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>224</v>
+        <v>106</v>
       </c>
       <c r="H9" t="s">
-        <v>225</v>
+        <v>107</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B10" t="s">
-        <v>226</v>
+        <v>108</v>
       </c>
       <c r="C10" t="s">
-        <v>227</v>
+        <v>76</v>
       </c>
       <c r="D10" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E10" t="s">
-        <v>228</v>
+        <v>94</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>229</v>
+        <v>109</v>
       </c>
       <c r="H10" t="s">
-        <v>230</v>
+        <v>110</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B11" t="s">
-        <v>231</v>
+        <v>111</v>
       </c>
       <c r="C11" t="s">
-        <v>232</v>
+        <v>76</v>
       </c>
       <c r="D11" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E11" t="s">
-        <v>233</v>
+        <v>112</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>234</v>
+        <v>113</v>
       </c>
       <c r="H11" t="s">
-        <v>235</v>
+        <v>114</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B12" t="s">
-        <v>236</v>
+        <v>115</v>
       </c>
       <c r="C12" t="s">
-        <v>237</v>
+        <v>76</v>
       </c>
       <c r="D12" t="s">
-        <v>13</v>
+        <v>82</v>
       </c>
       <c r="E12" t="s">
-        <v>238</v>
+        <v>112</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>239</v>
+        <v>116</v>
       </c>
       <c r="H12" t="s">
-        <v>240</v>
+        <v>117</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="s">
-        <v>184</v>
+        <v>74</v>
       </c>
       <c r="B13" t="s">
-        <v>241</v>
+        <v>118</v>
       </c>
       <c r="C13" t="s">
-        <v>13</v>
+        <v>119</v>
       </c>
       <c r="D13" t="s">
-        <v>13</v>
+        <v>77</v>
       </c>
       <c r="E13" t="s">
-        <v>242</v>
+        <v>120</v>
       </c>
       <c r="F13" t="s">
         <v>13</v>
       </c>
       <c r="G13" t="s">
-        <v>243</v>
+        <v>121</v>
       </c>
       <c r="H13" t="s">
-        <v>244</v>
+        <v>122</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="s">
+        <v>74</v>
+      </c>
+      <c r="B14" t="s">
+        <v>123</v>
+      </c>
+      <c r="C14" t="s">
+        <v>76</v>
+      </c>
+      <c r="D14" t="s">
+        <v>82</v>
+      </c>
+      <c r="E14" t="s">
+        <v>120</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>124</v>
+      </c>
+      <c r="H14" t="s">
+        <v>125</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>74</v>
+      </c>
+      <c r="B15" t="s">
+        <v>126</v>
+      </c>
+      <c r="C15" t="s">
+        <v>76</v>
+      </c>
+      <c r="D15" t="s">
+        <v>82</v>
+      </c>
+      <c r="E15" t="s">
+        <v>120</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>127</v>
+      </c>
+      <c r="H15" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>74</v>
+      </c>
+      <c r="B16" t="s">
+        <v>129</v>
+      </c>
+      <c r="C16" t="s">
+        <v>76</v>
+      </c>
+      <c r="D16" t="s">
+        <v>82</v>
+      </c>
+      <c r="E16" t="s">
+        <v>120</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>130</v>
+      </c>
+      <c r="H16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>74</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>76</v>
+      </c>
+      <c r="D17" t="s">
+        <v>82</v>
+      </c>
+      <c r="E17" t="s">
+        <v>120</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>133</v>
+      </c>
+      <c r="H17" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>74</v>
+      </c>
+      <c r="B18" t="s">
+        <v>135</v>
+      </c>
+      <c r="C18" t="s">
+        <v>76</v>
+      </c>
+      <c r="D18" t="s">
+        <v>82</v>
+      </c>
+      <c r="E18" t="s">
+        <v>120</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>136</v>
+      </c>
+      <c r="H18" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>74</v>
+      </c>
+      <c r="B19" t="s">
+        <v>138</v>
+      </c>
+      <c r="C19" t="s">
+        <v>76</v>
+      </c>
+      <c r="D19" t="s">
+        <v>82</v>
+      </c>
+      <c r="E19" t="s">
+        <v>120</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>139</v>
+      </c>
+      <c r="H19" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>74</v>
+      </c>
+      <c r="B20" t="s">
+        <v>141</v>
+      </c>
+      <c r="C20" t="s">
+        <v>76</v>
+      </c>
+      <c r="D20" t="s">
+        <v>82</v>
+      </c>
+      <c r="E20" t="s">
+        <v>120</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>142</v>
+      </c>
+      <c r="H20" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>74</v>
+      </c>
+      <c r="B21" t="s">
+        <v>144</v>
+      </c>
+      <c r="C21" t="s">
+        <v>76</v>
+      </c>
+      <c r="D21" t="s">
+        <v>77</v>
+      </c>
+      <c r="E21" t="s">
+        <v>145</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>146</v>
+      </c>
+      <c r="H21" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>74</v>
+      </c>
+      <c r="B22" t="s">
+        <v>148</v>
+      </c>
+      <c r="C22" t="s">
+        <v>76</v>
+      </c>
+      <c r="D22" t="s">
+        <v>82</v>
+      </c>
+      <c r="E22" t="s">
+        <v>149</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>150</v>
+      </c>
+      <c r="H22" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>74</v>
+      </c>
+      <c r="B23" t="s">
+        <v>152</v>
+      </c>
+      <c r="C23" t="s">
+        <v>76</v>
+      </c>
+      <c r="D23" t="s">
+        <v>82</v>
+      </c>
+      <c r="E23" t="s">
+        <v>153</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>154</v>
+      </c>
+      <c r="H23" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>74</v>
+      </c>
+      <c r="B24" t="s">
+        <v>156</v>
+      </c>
+      <c r="C24" t="s">
+        <v>76</v>
+      </c>
+      <c r="D24" t="s">
+        <v>77</v>
+      </c>
+      <c r="E24" t="s">
+        <v>78</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>157</v>
+      </c>
+      <c r="H24" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>74</v>
+      </c>
+      <c r="B25" t="s">
+        <v>159</v>
+      </c>
+      <c r="C25" t="s">
+        <v>76</v>
+      </c>
+      <c r="D25" t="s">
+        <v>77</v>
+      </c>
+      <c r="E25" t="s">
+        <v>78</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>160</v>
+      </c>
+      <c r="H25" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>74</v>
+      </c>
+      <c r="B26" t="s">
+        <v>162</v>
+      </c>
+      <c r="C26" t="s">
+        <v>163</v>
+      </c>
+      <c r="D26" t="s">
+        <v>164</v>
+      </c>
+      <c r="E26" t="s">
+        <v>165</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>166</v>
+      </c>
+      <c r="H26" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>74</v>
+      </c>
+      <c r="B27" t="s">
+        <v>168</v>
+      </c>
+      <c r="C27" t="s">
+        <v>76</v>
+      </c>
+      <c r="D27" t="s">
+        <v>169</v>
+      </c>
+      <c r="E27" t="s">
+        <v>149</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>170</v>
+      </c>
+      <c r="H27" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" t="s">
+        <v>172</v>
+      </c>
+      <c r="C28" t="s">
+        <v>76</v>
+      </c>
+      <c r="D28" t="s">
+        <v>82</v>
+      </c>
+      <c r="E28" t="s">
+        <v>120</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>173</v>
+      </c>
+      <c r="H28" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>74</v>
+      </c>
+      <c r="B29" t="s">
+        <v>175</v>
+      </c>
+      <c r="C29" t="s">
+        <v>76</v>
+      </c>
+      <c r="D29" t="s">
+        <v>82</v>
+      </c>
+      <c r="E29" t="s">
+        <v>120</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>176</v>
+      </c>
+      <c r="H29" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>74</v>
+      </c>
+      <c r="B30" t="s">
+        <v>178</v>
+      </c>
+      <c r="C30" t="s">
+        <v>179</v>
+      </c>
+      <c r="D30" t="s">
+        <v>180</v>
+      </c>
+      <c r="E30" t="s">
+        <v>181</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>182</v>
+      </c>
+      <c r="H30" t="s">
+        <v>183</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>74</v>
+      </c>
+      <c r="B31" t="s">
         <v>184</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C31" t="s">
+        <v>185</v>
+      </c>
+      <c r="D31" t="s">
+        <v>186</v>
+      </c>
+      <c r="E31" t="s">
+        <v>187</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>188</v>
+      </c>
+      <c r="H31" t="s">
+        <v>189</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>74</v>
+      </c>
+      <c r="B32" t="s">
+        <v>190</v>
+      </c>
+      <c r="C32" t="s">
+        <v>191</v>
+      </c>
+      <c r="D32" t="s">
+        <v>192</v>
+      </c>
+      <c r="E32" t="s">
+        <v>193</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>194</v>
+      </c>
+      <c r="H32" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>74</v>
+      </c>
+      <c r="B33" t="s">
+        <v>196</v>
+      </c>
+      <c r="C33" t="s">
+        <v>197</v>
+      </c>
+      <c r="D33" t="s">
+        <v>198</v>
+      </c>
+      <c r="E33" t="s">
+        <v>199</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>200</v>
+      </c>
+      <c r="H33" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>74</v>
+      </c>
+      <c r="B34" t="s">
+        <v>202</v>
+      </c>
+      <c r="C34" t="s">
+        <v>203</v>
+      </c>
+      <c r="D34" t="s">
+        <v>204</v>
+      </c>
+      <c r="E34" t="s">
+        <v>205</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>206</v>
+      </c>
+      <c r="H34" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>74</v>
+      </c>
+      <c r="B35" t="s">
+        <v>208</v>
+      </c>
+      <c r="C35" t="s">
+        <v>209</v>
+      </c>
+      <c r="D35" t="s">
+        <v>210</v>
+      </c>
+      <c r="E35" t="s">
+        <v>211</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>212</v>
+      </c>
+      <c r="H35" t="s">
+        <v>213</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>74</v>
+      </c>
+      <c r="B36" t="s">
+        <v>214</v>
+      </c>
+      <c r="C36" t="s">
+        <v>215</v>
+      </c>
+      <c r="D36" t="s">
+        <v>216</v>
+      </c>
+      <c r="E36" t="s">
+        <v>217</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>218</v>
+      </c>
+      <c r="H36" t="s">
+        <v>219</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>74</v>
+      </c>
+      <c r="B37" t="s">
+        <v>220</v>
+      </c>
+      <c r="C37" t="s">
+        <v>221</v>
+      </c>
+      <c r="D37" t="s">
+        <v>222</v>
+      </c>
+      <c r="E37" t="s">
+        <v>223</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>224</v>
+      </c>
+      <c r="H37" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>74</v>
+      </c>
+      <c r="B38" t="s">
+        <v>226</v>
+      </c>
+      <c r="C38" t="s">
+        <v>227</v>
+      </c>
+      <c r="D38" t="s">
+        <v>228</v>
+      </c>
+      <c r="E38" t="s">
+        <v>228</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>229</v>
+      </c>
+      <c r="H38" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>74</v>
+      </c>
+      <c r="B39" t="s">
+        <v>231</v>
+      </c>
+      <c r="C39" t="s">
+        <v>232</v>
+      </c>
+      <c r="D39" t="s">
+        <v>233</v>
+      </c>
+      <c r="E39" t="s">
+        <v>234</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>235</v>
+      </c>
+      <c r="H39" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>74</v>
+      </c>
+      <c r="B40" t="s">
+        <v>237</v>
+      </c>
+      <c r="C40" t="s">
+        <v>238</v>
+      </c>
+      <c r="D40" t="s">
+        <v>239</v>
+      </c>
+      <c r="E40" t="s">
+        <v>240</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>241</v>
+      </c>
+      <c r="H40" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>74</v>
+      </c>
+      <c r="B41" t="s">
+        <v>243</v>
+      </c>
+      <c r="C41" t="s">
+        <v>244</v>
+      </c>
+      <c r="D41" t="s">
         <v>245</v>
       </c>
-      <c r="C14" t="s">
-[...11 lines deleted...]
-      <c r="G14" t="s">
+      <c r="E41" t="s">
         <v>246</v>
       </c>
-      <c r="H14" t="s">
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
         <v>247</v>
+      </c>
+      <c r="H41" t="s">
+        <v>248</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="H2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="E2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="H2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B3" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="C3" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="D3" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="E3" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="H3" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B4" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C4" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D4" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="E4" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="H4" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="H2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="I2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B3" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="H3" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="I3" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B4" t="s">
+        <v>286</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>287</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>288</v>
+      </c>
+      <c r="H4" t="s">
+        <v>289</v>
+      </c>
+      <c r="I4" t="s">
         <v>285</v>
-      </c>
-[...19 lines deleted...]
-        <v>284</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="H5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="I5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B6" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="H6" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="I6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B2" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C2" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D2" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="E2" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="H2" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="B3" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C3" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D3" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="E3" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="H3" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:R3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J1" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="K1" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B2" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="H2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="I2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="J2" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="K2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="L2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="M2" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="N2" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="O2" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="P2" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="Q2" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="R2" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B3" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="H3" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="I3" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
       <c r="J3" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="K3" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="L3" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>