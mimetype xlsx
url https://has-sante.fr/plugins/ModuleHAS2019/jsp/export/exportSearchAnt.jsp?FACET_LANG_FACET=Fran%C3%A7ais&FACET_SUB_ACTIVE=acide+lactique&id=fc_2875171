--- v0 (2025-10-18)
+++ v1 (2025-10-18)
@@ -1,298 +1,1624 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="32" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="289" uniqueCount="172">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>07/10/2025 14:08:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>Implants d’embolisation artérielle (modification des modalités d'inscription) : Phase contradictoire suite à un avis de projet  au JO du 20 janvier 2020.</t>
+  </si>
+  <si>
+    <t>Avis de projet de modification des modalités de prise en charge de dispositifs médicaux des implants d’embolisation artérielle au chapitre 1er et au chapitre 2 du titre III de la liste prévue à l’article L. 165-1 du code de la sécurité sociale paru au Journal Officiel le 19 janvier 2020.</t>
+  </si>
+  <si>
+    <t>22/06/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>06/12/2021 14:19:34</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3634512/en/fibromyalgia-in-adults-diagnostic-process-and-treatment-strategy</t>
+    <t>https://www.has-sante.fr/jcms/p_3303383/fr/implants-d-embolisation-arterielle-modification-des-modalites-d-inscription-phase-contradictoire-suite-a-un-avis-de-projet-au-jo-du-20-janvier-2020</t>
+  </si>
+  <si>
+    <t>p_3303383</t>
+  </si>
+  <si>
+    <t>Ministère des Affaires Sociales et de Santé</t>
+  </si>
+  <si>
+    <t>SYNERGY</t>
+  </si>
+  <si>
+    <t>13/04/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>24/06/2021 11:22:36</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3267520/fr/synergy</t>
+  </si>
+  <si>
+    <t>p_3267520</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’évérolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS</t>
+  </si>
+  <si>
+    <t>ORSIRO</t>
+  </si>
+  <si>
+    <t>16/06/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>16/07/2020 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193740/fr/orsiro</t>
+  </si>
+  <si>
+    <t>p_3193740</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire à libération de principe actif</t>
+  </si>
+  <si>
+    <t>BIOTRONIK FRANCE SAS</t>
+  </si>
+  <si>
+    <t>23/10/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>14/11/2018 09:29:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2882656/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2882656</t>
+  </si>
+  <si>
+    <t>endoprothèse coronaire (stent) enrobée d’everolimus  (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>12/07/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>27/07/2016 13:37:45</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657488/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2657488</t>
+  </si>
+  <si>
+    <t>10/03/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>26/03/2015 14:27:53</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2021476/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_2021476</t>
+  </si>
+  <si>
+    <t>Endoprothèse coronaire (stent) enrobée d’everolimus (produit actif pharmacologiquement)</t>
+  </si>
+  <si>
+    <t>23/04/2013 00:00:00</t>
+  </si>
+  <si>
+    <t>29/04/2013 17:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1536376/fr/synergy</t>
+  </si>
+  <si>
+    <t>c_1536376</t>
+  </si>
+  <si>
+    <t>BOSTON SCIENTIFIC SAS (France)</t>
+  </si>
+  <si>
+    <t>Avis général Implants d’embolisation artérielle  - 28 juin 2011 (818 - 985) avis</t>
+  </si>
+  <si>
+    <t>28/06/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>13/07/2011 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1069876/fr/avis-general-implants-d-embolisation-arterielle-28-juin-2011-818-985-avis</t>
+  </si>
+  <si>
+    <t>c_1069876</t>
+  </si>
+  <si>
+    <t>Saisine - Révision des descriptions génériques</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Fibromyalgie de l’adulte : Conduite diagnostique et stratégie thérapeutique</t>
+  </si>
+  <si>
+    <t>La Haute Autorité de santé met à disposition des professionnels accompagnant les patients adultes une recommandation de bonne pratique sur la démarche diagnostique et la stratégie thérapeutique de la fibromyalgie.</t>
+  </si>
+  <si>
+    <t>19/06/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2025 14:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3634512/fr/fibromyalgie-de-l-adulte-conduite-diagnostique-et-strategie-therapeutique</t>
   </si>
   <si>
     <t>p_3634512</t>
   </si>
   <si>
-    <t>Periodontal disease: diagnosis and treatment</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272209/en/periodontal-disease-diagnosis-and-treatment</t>
+    <t>Trouble du neurodéveloppement/TDAH : Diagnostic et interventions thérapeutiques auprès des enfants et adolescents</t>
+  </si>
+  <si>
+    <t>Objectifs Participer à la formation des professionnels sur le TDAH Compléter les recommandations de 2014 sur le repérage des enfants en ciblant la suite du parcours pour la confirmation du diagnostic et la prise en charge du TDAH, en s’appuyant sur des recommandations validées scientifiquement. Participer à la formation des professionnels qui interviendront dans les plateformes d’orientation et de coordination des TND. Faciliter l’accès et la coordination des soins En formant plus de professionnels à ce trouble, en offrant aux plateformes d’orientation des recommandations sur lesquelles s’appuyer et en proposant un parcours optimisé pour améliorer la coordination entre les différents intervenants et pour harmoniser les pratiques</t>
+  </si>
+  <si>
+    <t>18/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>23/09/2024 10:34:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302482/fr/trouble-du-neurodeveloppement/tdah-diagnostic-et-interventions-therapeutiques-aupres-des-enfants-et-adolescents</t>
+  </si>
+  <si>
+    <t>p_3302482</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Parodontopathies : diagnostic et traitements</t>
+  </si>
+  <si>
+    <t>Les thèmes suivants sont abordés dans ces recommandations :# 1. Définition et classification des parodontopathies# 2. Epidémiologie et facteurs de risques# 3. Diagnostic (clinique, radiologique, microbiologique et marqueurs biologiques)# 4. Moyens thérapeutiques# 5. La maladie parodontale comme facteur de risque d'autres maladies ou situations# 6. Stratégie de prise en charge#</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272209/fr/parodontopathies-diagnostic-et-traitements</t>
   </si>
   <si>
     <t>c_272209</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3186171/en/clinical-usefulness-of-vitamin-b1-testing-inahta-brief</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Déficit congénital en sucrase-isomaltase (DCSI)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de DCSI. Il a été élaboré par le Centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>11/04/2025 08:53:18</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3601501/fr/deficit-congenital-en-sucrase-isomaltase-dcsi</t>
+  </si>
+  <si>
+    <t>p_3601501</t>
+  </si>
+  <si>
+    <t>Acidémie Isovalérique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’acidémie isovalérique (AIV). Il a été élaboré par la Filière Maladies Rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>21/11/2024 15:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3557776/fr/acidemie-isovalerique</t>
+  </si>
+  <si>
+    <t>p_3557776</t>
+  </si>
+  <si>
+    <t>Glycogénose de type I</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de GSD I. Il a été élaboré par le Centre de Référence Maladies Héréditaires du Métabolisme, Filières de Santé Maladies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>13/12/2022 11:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3385268/fr/glycogenose-de-type-i</t>
+  </si>
+  <si>
+    <t>p_3385268</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Epilepsies vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie vitamino-sensible. Il a été élaboré par le Centre de référence des Epilepsies rares (CRMR Lille, Marseille) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2022 15:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3358939/fr/epilepsies-vitamino-sensibles</t>
+  </si>
+  <si>
+    <t>p_3358939</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>RASopathies : syndromes de Noonan, cardio-facio-cutané et apparentés</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’un syndrome de Noonan ou de ses variants, d’un syndrome cardio-facio-cutané ou d’une pathologie apparentée. Il a été élaboré par le Centre de référence Anomalies du développement et syndromes malformatif d’Ile de France à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>01/10/2021 10:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2679254/fr/rasopathies-syndromes-de-noonan-cardio-facio-cutane-et-apparentes</t>
+  </si>
+  <si>
+    <t>c_2679254</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type III (GSD III pour Glycogen Storage Disease Type III)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la GSD III. Il a été élaboré par le Centre de référence des Maladies héréditaires du métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>16/02/2021 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3237036/fr/glycogenose-de-type-iii-gsd-iii-pour-glycogen-storage-disease-type-iii</t>
+  </si>
+  <si>
+    <t>p_3237036</t>
+  </si>
+  <si>
+    <t>Aciduries organiques : Acidémie Méthylmalonique et Acidémie Propionique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’acidémie méthylmalonique (AMM) ou d’acidémie propionique (AP). Il a été élaboré par la filière Maladies rares G2M à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/07/2020 09:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192841/fr/aciduries-organiques-acidemie-methylmalonique-et-acidemie-propionique</t>
+  </si>
+  <si>
+    <t>p_3192841</t>
+  </si>
+  <si>
+    <t>Neuropathies héréditaires sensitivomotrice de Charcot-Marie-Tooth</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise prise en charge urologique optimale d’un patient atteint de neuropathie héréditaire de Charcot-Marie-Tooth (CMT). Il a été élaboré par le centre de référence coordinateur des Maladies Neuromusculaires rares et de la SLA, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/04/2020 08:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3168018/fr/neuropathies-hereditaires-sensitivomotrice-de-charcot-marie-tooth</t>
+  </si>
+  <si>
+    <t>p_3168018</t>
+  </si>
+  <si>
+    <t>Glycogénose de Type V, Maladie de Mc Ardle</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints de la maladie de McArdle. Il a été élaboré par le Centre de Référence des maladies neuromusculaires et de la SLA à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>17/06/2019 17:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3076463/fr/glycogenose-de-type-v-maladie-de-mc-ardle</t>
+  </si>
+  <si>
+    <t>p_3076463</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Utilité clinique du dosage de la vitamine B1</t>
+  </si>
+  <si>
+    <t>La HAS a évalué l’utilité clinique du dosage de la vitamine B1 dans la stratégie diagnostique et thérapeutique de supplémentation vitaminique visant à prévenir cinq tableaux cliniques carentiels majeurs : l’encéphalopathie de Gayet-Wernicke, le syndrome de Korsakoff, la(es) neuropathie(s) périphérique(s), l’insuffisance cardiaque, ou plus généralement le béribéri</t>
+  </si>
+  <si>
+    <t>18/03/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>22/03/2021 17:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3186171/fr/utilite-clinique-du-dosage-de-la-vitamine-b1</t>
   </si>
   <si>
     <t>p_3186171</t>
+  </si>
+  <si>
+    <t>Evaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anevrisme) : Indications cranioencéphaliques et vertébromédullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications craniocéphaliques et vertébromédullaires ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>19/12/2011 09:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148862/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-cranioencephaliques-et-vertebromedullaires</t>
+  </si>
+  <si>
+    <t>c_1148862</t>
+  </si>
+  <si>
+    <t>Évaluation des Implants d’embolisation artérielle (pour fistule artérioveineuse, tumeur, anévrisme) : Indications en dehors de la topographie cranioencéphalique</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les implants d’embolisation artérielle inscrits sur la Liste des produits et prestations remboursables (LPPR), afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des implants d’embolisation artérielles utilisés dans des indications en dehors de la topographie cranioencéphaliques ; réévaluer l’intérêt des implants d’embolisation artérielle en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des produits sur la LPPR et décrire, le cas échéant, les caractéristiques techniques auxquelles doivent répondre les implants d’embolisation artérielle inscrits sur la LPPR.</t>
+  </si>
+  <si>
+    <t>16/12/2011 17:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1148855/fr/evaluation-des-implants-d-embolisation-arterielle-pour-fistule-arterioveineuse-tumeur-anevrisme-indications-en-dehors-de-la-topographie-cranioencephalique</t>
+  </si>
+  <si>
+    <t>c_1148855</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>PRISMASOL POTASSIUM (solution d'électrolytes : chlorure de calcium, glucose anhydre, acide ...)</t>
+  </si>
+  <si>
+    <t>27/11/2019 17:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985973/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
+  </si>
+  <si>
+    <t>pprd_2985973</t>
+  </si>
+  <si>
+    <t>solution d'électrolytes : chlorure de calcium, glucose anhydre, acide lactique, chlorure de magnesium,solution tampon : bicarbonate de sodium, chlorure de potassium, chlorure de sodium</t>
+  </si>
+  <si>
+    <t>BAXTER SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399651/fr/prismasol-2mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-prismasol-4mmol-/-l-potassium-solution-pour-hemofiltration-et-hemodialyse-5000-ml-en-poche-pvc-boite-de-2</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3119798/fr/prismasol-potassium-solution-d-electrolytes-chlorure-de-calcium-glucose-anhydre-acide</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H4"/>
+  <dimension ref="A1:J9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>17</v>
+      </c>
+      <c r="I2" t="s">
+        <v>15</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B3" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="C3" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="D3" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E3" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G3" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="H3" t="s">
-        <v>21</v>
+        <v>23</v>
+      </c>
+      <c r="I3" t="s">
+        <v>24</v>
+      </c>
+      <c r="J3" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="B4" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="C4" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D4" t="s">
+        <v>27</v>
+      </c>
+      <c r="E4" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>29</v>
+      </c>
+      <c r="H4" t="s">
+        <v>30</v>
+      </c>
+      <c r="I4" t="s">
+        <v>31</v>
+      </c>
+      <c r="J4" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>10</v>
+      </c>
+      <c r="B5" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>35</v>
+      </c>
+      <c r="H5" t="s">
+        <v>36</v>
+      </c>
+      <c r="I5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J5" t="s">
         <v>25</v>
       </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>10</v>
+      </c>
+      <c r="B6" t="s">
+        <v>19</v>
+      </c>
+      <c r="C6" t="s">
+        <v>31</v>
+      </c>
+      <c r="D6" t="s">
+        <v>38</v>
+      </c>
+      <c r="E6" t="s">
+        <v>39</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>40</v>
+      </c>
+      <c r="H6" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" t="s">
+        <v>31</v>
+      </c>
+      <c r="J6" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" t="s">
+        <v>31</v>
+      </c>
+      <c r="D7" t="s">
+        <v>42</v>
+      </c>
+      <c r="E7" t="s">
+        <v>43</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>44</v>
+      </c>
+      <c r="H7" t="s">
+        <v>45</v>
+      </c>
+      <c r="I7" t="s">
+        <v>31</v>
+      </c>
+      <c r="J7" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D8" t="s">
+        <v>47</v>
+      </c>
+      <c r="E8" t="s">
+        <v>48</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>49</v>
+      </c>
+      <c r="H8" t="s">
+        <v>50</v>
+      </c>
+      <c r="I8" t="s">
+        <v>46</v>
+      </c>
+      <c r="J8" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C9" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" t="s">
+        <v>53</v>
+      </c>
+      <c r="E9" t="s">
+        <v>54</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>55</v>
+      </c>
+      <c r="H9" t="s">
+        <v>56</v>
+      </c>
+      <c r="I9" t="s">
+        <v>15</v>
+      </c>
+      <c r="J9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:J1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" t="s">
+        <v>61</v>
+      </c>
+      <c r="E2" t="s">
+        <v>62</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>63</v>
+      </c>
+      <c r="H2" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>65</v>
+      </c>
+      <c r="C3" t="s">
+        <v>66</v>
+      </c>
+      <c r="D3" t="s">
+        <v>67</v>
+      </c>
+      <c r="E3" t="s">
+        <v>68</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>69</v>
+      </c>
+      <c r="H3" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>71</v>
+      </c>
+      <c r="C4" t="s">
+        <v>72</v>
+      </c>
+      <c r="D4" t="s">
+        <v>73</v>
+      </c>
       <c r="E4" t="s">
-        <v>26</v>
+        <v>74</v>
       </c>
       <c r="F4" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G4" t="s">
-        <v>27</v>
+        <v>75</v>
       </c>
       <c r="H4" t="s">
-        <v>28</v>
+        <v>76</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>77</v>
+      </c>
+      <c r="C5" t="s">
+        <v>78</v>
+      </c>
+      <c r="D5" t="s">
+        <v>79</v>
+      </c>
+      <c r="E5" t="s">
+        <v>80</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>81</v>
+      </c>
+      <c r="H5" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>83</v>
+      </c>
+      <c r="B2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C2" t="s">
+        <v>85</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>86</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>87</v>
+      </c>
+      <c r="H2" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>83</v>
+      </c>
+      <c r="B3" t="s">
+        <v>89</v>
+      </c>
+      <c r="C3" t="s">
+        <v>90</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>91</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>92</v>
+      </c>
+      <c r="H3" t="s">
+        <v>93</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>83</v>
+      </c>
+      <c r="B4" t="s">
+        <v>94</v>
+      </c>
+      <c r="C4" t="s">
+        <v>95</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>96</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>97</v>
+      </c>
+      <c r="H4" t="s">
+        <v>98</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B5" t="s">
+        <v>99</v>
+      </c>
+      <c r="C5" t="s">
+        <v>100</v>
+      </c>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E5" t="s">
+        <v>101</v>
+      </c>
+      <c r="F5" t="s">
+        <v>15</v>
+      </c>
+      <c r="G5" t="s">
+        <v>102</v>
+      </c>
+      <c r="H5" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C6" t="s">
+        <v>105</v>
+      </c>
+      <c r="D6" t="s">
+        <v>15</v>
+      </c>
+      <c r="E6" t="s">
+        <v>106</v>
+      </c>
+      <c r="F6" t="s">
+        <v>15</v>
+      </c>
+      <c r="G6" t="s">
+        <v>107</v>
+      </c>
+      <c r="H6" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B7" t="s">
+        <v>109</v>
+      </c>
+      <c r="C7" t="s">
+        <v>110</v>
+      </c>
+      <c r="D7" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" t="s">
+        <v>111</v>
+      </c>
+      <c r="F7" t="s">
+        <v>15</v>
+      </c>
+      <c r="G7" t="s">
+        <v>112</v>
+      </c>
+      <c r="H7" t="s">
+        <v>113</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>83</v>
+      </c>
+      <c r="B8" t="s">
+        <v>114</v>
+      </c>
+      <c r="C8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D8" t="s">
+        <v>15</v>
+      </c>
+      <c r="E8" t="s">
+        <v>116</v>
+      </c>
+      <c r="F8" t="s">
+        <v>15</v>
+      </c>
+      <c r="G8" t="s">
+        <v>117</v>
+      </c>
+      <c r="H8" t="s">
+        <v>118</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>83</v>
+      </c>
+      <c r="B9" t="s">
+        <v>119</v>
+      </c>
+      <c r="C9" t="s">
+        <v>120</v>
+      </c>
+      <c r="D9" t="s">
+        <v>15</v>
+      </c>
+      <c r="E9" t="s">
+        <v>121</v>
+      </c>
+      <c r="F9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" t="s">
+        <v>122</v>
+      </c>
+      <c r="H9" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>83</v>
+      </c>
+      <c r="B10" t="s">
+        <v>124</v>
+      </c>
+      <c r="C10" t="s">
+        <v>125</v>
+      </c>
+      <c r="D10" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" t="s">
+        <v>126</v>
+      </c>
+      <c r="F10" t="s">
+        <v>15</v>
+      </c>
+      <c r="G10" t="s">
+        <v>127</v>
+      </c>
+      <c r="H10" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>83</v>
+      </c>
+      <c r="B11" t="s">
+        <v>129</v>
+      </c>
+      <c r="C11" t="s">
+        <v>130</v>
+      </c>
+      <c r="D11" t="s">
+        <v>15</v>
+      </c>
+      <c r="E11" t="s">
+        <v>131</v>
+      </c>
+      <c r="F11" t="s">
+        <v>15</v>
+      </c>
+      <c r="G11" t="s">
+        <v>132</v>
+      </c>
+      <c r="H11" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>83</v>
+      </c>
+      <c r="B12" t="s">
+        <v>134</v>
+      </c>
+      <c r="C12" t="s">
+        <v>135</v>
+      </c>
+      <c r="D12" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" t="s">
+        <v>136</v>
+      </c>
+      <c r="F12" t="s">
+        <v>15</v>
+      </c>
+      <c r="G12" t="s">
+        <v>137</v>
+      </c>
+      <c r="H12" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>83</v>
+      </c>
+      <c r="B13" t="s">
+        <v>139</v>
+      </c>
+      <c r="C13" t="s">
+        <v>140</v>
+      </c>
+      <c r="D13" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" t="s">
+        <v>141</v>
+      </c>
+      <c r="F13" t="s">
+        <v>15</v>
+      </c>
+      <c r="G13" t="s">
+        <v>142</v>
+      </c>
+      <c r="H13" t="s">
+        <v>143</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H4"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>144</v>
+      </c>
+      <c r="B2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C2" t="s">
+        <v>146</v>
+      </c>
+      <c r="D2" t="s">
+        <v>147</v>
+      </c>
+      <c r="E2" t="s">
+        <v>148</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>149</v>
+      </c>
+      <c r="H2" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>144</v>
+      </c>
+      <c r="B3" t="s">
+        <v>151</v>
+      </c>
+      <c r="C3" t="s">
+        <v>152</v>
+      </c>
+      <c r="D3" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" t="s">
+        <v>153</v>
+      </c>
+      <c r="F3" t="s">
+        <v>15</v>
+      </c>
+      <c r="G3" t="s">
+        <v>154</v>
+      </c>
+      <c r="H3" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>144</v>
+      </c>
+      <c r="B4" t="s">
+        <v>156</v>
+      </c>
+      <c r="C4" t="s">
+        <v>157</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" t="s">
+        <v>158</v>
+      </c>
+      <c r="F4" t="s">
+        <v>15</v>
+      </c>
+      <c r="G4" t="s">
+        <v>159</v>
+      </c>
+      <c r="H4" t="s">
+        <v>160</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>161</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>163</v>
+      </c>
+      <c r="B2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C2" t="s">
+        <v>15</v>
+      </c>
+      <c r="D2" t="s">
+        <v>15</v>
+      </c>
+      <c r="E2" t="s">
+        <v>165</v>
+      </c>
+      <c r="F2" t="s">
+        <v>15</v>
+      </c>
+      <c r="G2" t="s">
+        <v>166</v>
+      </c>
+      <c r="H2" t="s">
+        <v>167</v>
+      </c>
+      <c r="I2" t="s">
+        <v>168</v>
+      </c>
+      <c r="J2" t="s">
+        <v>169</v>
+      </c>
+      <c r="K2" t="s">
+        <v>170</v>
+      </c>
+      <c r="L2" t="s">
+        <v>171</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>