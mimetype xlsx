--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -9,110 +9,164 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="21">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="39">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>05/29/2008 17:37:00</t>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Traitement curatif des personnes infectées par Mycoplasma genitalium</t>
+  </si>
+  <si>
+    <t>À la demande du ministère chargé de la santé, le Conseil National du Sida et des hépatites virales (CNS) et l'Agence nationale de recherches sur le sida | Maladies infectieuses émergentes (ANRS | MIE) ont sollicité la Haute Autorité de santé (HAS) pour l’élaboration d’une actualisation des recommandations françaises de prise en charge thérapeutique des personnes infectées par Mycoplasma genitalium. L’accompagnement de la HAS s’est inscrit dans le cadre de la labellisation par la HAS d’une recommandation élaborée par un organisme professionnel.</t>
+  </si>
+  <si>
+    <t>10/04/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>13/05/2025 09:20:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_665169/en/antibiotic-therapy-and-prevention-of-bacterial-resistance-in-healthcare-organisations</t>
+    <t>https://www.has-sante.fr/jcms/p_3604652/fr/traitement-curatif-des-personnes-infectees-par-mycoplasma-genitalium</t>
+  </si>
+  <si>
+    <t>p_3604652</t>
+  </si>
+  <si>
+    <t>Antibiogrammes ciblés pour les infections urinaires à Entérobactéries dans la population féminine adulte (à partir de 12 ans)</t>
+  </si>
+  <si>
+    <t>Ces recommandations visent à améliorer les pratiques des professionnels en favorisant la diffusion, la promotion et la mise à disposition de tous les prescripteurs d’outils de bon usage des antibiotiques notamment en favorisant les antibiogrammes ciblés dans les ECBU positifs à entérobactéries.</t>
+  </si>
+  <si>
+    <t>05/10/2023 00:00:00</t>
+  </si>
+  <si>
+    <t>10/10/2023 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3262788/fr/antibiogrammes-cibles-pour-les-infections-urinaires-a-enterobacteries-dans-la-population-feminine-adulte-a-partir-de-12-ans</t>
+  </si>
+  <si>
+    <t>p_3262788</t>
+  </si>
+  <si>
+    <t>Prothèse de hanche ou de genou : diagnostic et prise en charge de l'infection dans le mois suivant l’implantation</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’améliorer la qualité de la prise en charge des patients adultes avec infection sur prothèse de hanche ou de genou dans le mois suivant l’implantation.</t>
+  </si>
+  <si>
+    <t>05/03/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>08/04/2014 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1228574/fr/prothese-de-hanche-ou-de-genou-diagnostic-et-prise-en-charge-de-l-infection-dans-le-mois-suivant-l-implantation</t>
+  </si>
+  <si>
+    <t>c_1228574</t>
+  </si>
+  <si>
+    <t>Stratégie d'antibiothérapie et prévention des résistances bactériennes en établissement de santé</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif le bon usage des antibiotiques au sein des établissements de santé, et plus particulièrement de faciliter la mise en place des stratégies d’antibiothérapie les plus efficaces et permettant de prévenir l’émergence des résistances bactériennes. Elles correspondent à l’actualisation des recommandations publiées en 1997 par l’Anaes sur «le bon usage des antibiotiques à l’hôpital».</t>
+  </si>
+  <si>
+    <t>16/04/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>29/05/2008 17:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665169/fr/strategie-d-antibiotherapie-et-prevention-des-resistances-bacteriennes-en-etablissement-de-sante</t>
   </si>
   <si>
     <t>c_665169</t>
   </si>
   <si>
-    <t>Antenatal prevention of the risk of early neonatal bacterial infection</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272118/en/antenatal-prevention-of-the-risk-of-early-neonatal-bacterial-infection</t>
+    <t>Prévention anténatale du risque infectieux bactérien néonatal précoce</t>
+  </si>
+  <si>
+    <t>Ces recommandations professionnelles répondent aux questions suivantes : 1. Dans quelles circonstances faut-il rechercher une infection cervico-vaginale chez la femme enceinte ? 2. Quels prélèvements faut-il réaliser chez la femme enceinte pour rechercher une infection bactérienne cervico-vaginale et comment en interpréter les résultats ? 3. Quelle est la conduite à tenir en cas d'infection bactérienne cervico-vaginale au cours d'une grossesse normale ou pathologique ? 4. Y a-t-il un intérêt à rechercher systématiquement un portage du streptocoque du groupe B au cours de la grossesse et du travail ? Si oui, quels selon quelles modalités, quand et comment ? 5. Quelle antibioprophylaxie de l'infection néonatale à streptocoque du groupe B proposer en per partum ? 6. Quels examens faut-il réaliser en cas de rupture prématurée des membranes ? 7. Quelle est la conduite à tenir au plan infectieux en cas de rupture prématurée des membranes ?</t>
+  </si>
+  <si>
+    <t>01/09/2001 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272118/fr/prevention-antenatale-du-risque-infectieux-bacterien-neonatal-precoce</t>
   </si>
   <si>
     <t>c_272118</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -122,51 +176,51 @@
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -194,55 +248,133 @@
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="H3" t="s">
-        <v>20</v>
+        <v>21</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>22</v>
+      </c>
+      <c r="C4" t="s">
+        <v>23</v>
+      </c>
+      <c r="D4" t="s">
+        <v>24</v>
+      </c>
+      <c r="E4" t="s">
+        <v>25</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>26</v>
+      </c>
+      <c r="H4" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D5" t="s">
+        <v>30</v>
+      </c>
+      <c r="E5" t="s">
+        <v>31</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H5" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
+        <v>35</v>
+      </c>
+      <c r="D6" t="s">
+        <v>36</v>
+      </c>
+      <c r="E6" t="s">
+        <v>36</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>37</v>
+      </c>
+      <c r="H6" t="s">
+        <v>38</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>