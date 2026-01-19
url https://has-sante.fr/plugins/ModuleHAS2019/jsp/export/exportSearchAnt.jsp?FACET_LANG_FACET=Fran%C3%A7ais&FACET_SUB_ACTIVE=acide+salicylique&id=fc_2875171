--- v0 (2025-10-18)
+++ v1 (2026-01-19)
@@ -1,342 +1,1043 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId4" sheetId="2"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId5" sheetId="3"/>
+    <sheet name="Export évènement de calendrier" r:id="rId6" sheetId="4"/>
+    <sheet name="Export Medicament" r:id="rId7" sheetId="5"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="40" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="172" uniqueCount="104">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...11 lines deleted...]
-    <t>12/08/2020 16:50:00</t>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_272462/en/foot-problems-in-the-elderly-podiatric-assessment-and-management</t>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Transplantation rénale chez l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient transplanté rénal à l’âge pédiatrique. Il a été élaboré par le Centres de Référence des Maladies Rénales Rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/08/2024 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3473573/fr/transplantation-renale-chez-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3473573</t>
+  </si>
+  <si>
+    <t>MPI-CDG Défaut de glycosylation des glycoprotéines par déficit en phosphomannose isomérase</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie admise en ALD au titre de l’ALD 17 : le déficit en phosphomannose isomérase (PMI), ou MPI-CDG, lié à des mutations dans le gène MPI. Il a été élaboré par la Filières de Santé Maladies Rares G2M et Filfoie à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3362759/fr/mpi-cdg-defaut-de-glycosylation-des-glycoproteines-par-deficit-en-phosphomannose-isomerase</t>
+  </si>
+  <si>
+    <t>p_3362759</t>
+  </si>
+  <si>
+    <t>Ichthyoses héréditaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Ichthyose héréditaire. Il a été élaboré par le Centre de référence des maladies rares de la peau et des muqueuses à début pédiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3293150/fr/ichthyoses-hereditaires</t>
+  </si>
+  <si>
+    <t>p_3293150</t>
+  </si>
+  <si>
+    <t>Dysplasie Ectodermique Anhidrotique</t>
+  </si>
+  <si>
+    <t>18/10/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>18/10/2019 11:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113839/fr/dysplasie-ectodermique-anhidrotique</t>
+  </si>
+  <si>
+    <t>p_3113839</t>
+  </si>
+  <si>
+    <t>PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de PFAPA : Fièvre périodique – stomatite – pharyngite – adénopathie. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA) et de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>08/08/2019 10:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3095655/fr/pfapa-fievre-periodique-stomatite-pharyngite-adenopathie</t>
+  </si>
+  <si>
+    <t>p_3095655</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Le pied de la personne âgée : approche médicale et prise en charge de pédicurie-podologie</t>
+  </si>
+  <si>
+    <t>La recommandation sur le pied de la personne âgée a été actualisée afin de prendre en compte les dernières données de la science et les évolutions du champ d’exercice du pédicure-podologue. Les affections podologiques peuvent être la source de complications graves. À titre préventif, une visite des patients de plus de 60 ans chez le pédicure-podologue est donc recommandée. Et, à tout âge, le recours à un pédicure-podologue est conseillé en cas de symptômes podologiques.</t>
+  </si>
+  <si>
+    <t>26/11/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2020 16:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272462/fr/le-pied-de-la-personne-agee-approche-medicale-et-prise-en-charge-de-pedicurie-podologie</t>
   </si>
   <si>
     <t>c_272462</t>
   </si>
   <si>
-    <t>Breastfeeding  - Initiation and continuation during the first 6 months of life</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_272220/en/breastfeeding-initiation-and-continuation-during-the-first-6-months-of-life</t>
+    <t>Surveillance des malades atteints de cirrhose non compliquée et prévention primaire des complications</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose, par une surveillance régulière et la prévention primaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>01/08/2008 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606530/fr/surveillance-des-malades-atteints-de-cirrhose-non-compliquee-et-prevention-primaire-des-complications</t>
+  </si>
+  <si>
+    <t>c_606530</t>
+  </si>
+  <si>
+    <t>Hygiène et prévention du risque infectieux en cabinet médical ou paramédical</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif la réduction des infections transmises lors d’actes de soin, notamment par les dispositifs médicaux, la réduction des infections croisées et le contrôle du risque infectieux lié à l’environnement.</t>
+  </si>
+  <si>
+    <t>21/06/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>27/11/2007 10:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_607182/fr/hygiene-et-prevention-du-risque-infectieux-en-cabinet-medical-ou-paramedical</t>
+  </si>
+  <si>
+    <t>c_607182</t>
+  </si>
+  <si>
+    <t>Allaitement maternel - Mise en œuvre et poursuite dans les 6 premiers mois de vie de l’enfant</t>
+  </si>
+  <si>
+    <t>Cette recommandation concerne l'allaitement dans les six premiers mois d'un enfant sain, né à terme.</t>
+  </si>
+  <si>
+    <t>01/05/2002 00:00:00</t>
+  </si>
+  <si>
+    <t>01/05/2002 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272220/fr/allaitement-maternel-mise-en-oeuvre-et-poursuite-dans-les-6-premiers-mois-de-vie-de-l-enfant</t>
   </si>
   <si>
     <t>c_272220</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2613150/en/zika-virus-rt-pcr-testing-in-blood-and-urine-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Détection par RT-PCR du virus Zika dans le sang et les urines</t>
+  </si>
+  <si>
+    <t>Évaluation de la détection du virus Zika dans le sang et les urines par transcription inverse - amplification génique par polymérisation en chaîne (Reverse Transcriptase - Polymerase Chain Reaction ou RT-PCR)</t>
+  </si>
+  <si>
+    <t>02/03/2016 00:00:00</t>
+  </si>
+  <si>
+    <t>02/03/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2613150/fr/detection-par-rt-pcr-du-virus-zika-dans-le-sang-et-les-urines</t>
   </si>
   <si>
     <t>c_2613150</t>
   </si>
   <si>
-    <t>Assessment of drug-eluting stents</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_867966/en/assessment-of-drug-eluting-stents</t>
+    <t>Évaluation des endoprothèses coronaires à libération de principe actif</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est de réévaluer les différentes catégories d’endoprothèses à libération de principe actif (ou stent actif) ainsi que les prestations associées, afin notamment de : s’assurer du bien fondé de leur remboursement, définir les indications et les situations cliniques d’utilisation des différents types de stents actifs ; réévaluer l’intérêt des stents actifs en prenant en compte le rapport effet thérapeutique/effets indésirables et la place dans la stratégie thérapeutique ; déterminer les conditions d’utilisation et de prescription ; définir les modalités d’inscription des stents actifs sur la LPPR.</t>
+  </si>
+  <si>
+    <t>01/07/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>19/02/2010 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_867966/fr/evaluation-des-endoprotheses-coronaires-a-liberation-de-principe-actif</t>
   </si>
   <si>
     <t>c_867966</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 07 juin 2023</t>
+  </si>
+  <si>
+    <t>05/06/2023 08:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3444665/fr/commission-de-la-transparence-reunion-du-07-juin-2023</t>
+  </si>
+  <si>
+    <t>p_3444665</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>NERISALIC (diflucortolone/ acide salicylique)</t>
+  </si>
+  <si>
+    <t>17/02/2012 16:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985056/fr/nerisalic-diflucortolone/-acide-salicylique</t>
+  </si>
+  <si>
+    <t>pprd_2985056</t>
+  </si>
+  <si>
+    <t>diflucortolone,acide salicylique</t>
+  </si>
+  <si>
+    <t>Laboratoire BAYER SANTE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_722948/fr/nerisalic-diflucortolone/-acide-salicylique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1198177/fr/nerisalic-diflucortolone/-acide-salicylique</t>
+  </si>
+  <si>
+    <t>ANTIPHLOGISTINE (acide salicylique/ kaolin)</t>
+  </si>
+  <si>
+    <t>07/07/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985820/fr/antiphlogistine-acide-salicylique/-kaolin</t>
+  </si>
+  <si>
+    <t>pprd_2985820</t>
+  </si>
+  <si>
+    <t>acide salicylique,kaolin</t>
+  </si>
+  <si>
+    <t>FUMOUZE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400380/fr/antiphlogistine-acide-salicylique/-kaolin</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H5"/>
+  <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
         <v>13</v>
       </c>
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
+        <v>15</v>
+      </c>
+      <c r="C3" t="s">
         <v>16</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
         <v>17</v>
       </c>
-      <c r="D3" t="s">
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
         <v>18</v>
       </c>
-      <c r="E3" t="s">
+      <c r="H3" t="s">
         <v>19</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>11</v>
+      </c>
+      <c r="E4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="H4" t="s">
         <v>24</v>
-      </c>
-[...13 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>25</v>
+      </c>
+      <c r="C5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" t="s">
+        <v>11</v>
+      </c>
+      <c r="E5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>28</v>
+      </c>
+      <c r="H5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="C6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D6" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="E6" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="F6" t="s">
+        <v>11</v>
+      </c>
+      <c r="G6" t="s">
         <v>33</v>
       </c>
-      <c r="H5" t="s">
+      <c r="H6" t="s">
         <v>34</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B7" t="s">
+        <v>35</v>
+      </c>
+      <c r="C7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D7" t="s">
+        <v>11</v>
+      </c>
+      <c r="E7" t="s">
+        <v>37</v>
+      </c>
+      <c r="F7" t="s">
+        <v>11</v>
+      </c>
+      <c r="G7" t="s">
+        <v>38</v>
+      </c>
+      <c r="H7" t="s">
+        <v>39</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H5"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>40</v>
+      </c>
+      <c r="B2" t="s">
+        <v>41</v>
+      </c>
+      <c r="C2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D2" t="s">
+        <v>43</v>
+      </c>
+      <c r="E2" t="s">
+        <v>44</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>45</v>
+      </c>
+      <c r="H2" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>40</v>
+      </c>
+      <c r="B3" t="s">
+        <v>47</v>
+      </c>
+      <c r="C3" t="s">
+        <v>48</v>
+      </c>
+      <c r="D3" t="s">
+        <v>49</v>
+      </c>
+      <c r="E3" t="s">
+        <v>50</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>51</v>
+      </c>
+      <c r="H3" t="s">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B4" t="s">
+        <v>53</v>
+      </c>
+      <c r="C4" t="s">
+        <v>54</v>
+      </c>
+      <c r="D4" t="s">
+        <v>55</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>11</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>60</v>
+      </c>
+      <c r="D5" t="s">
+        <v>61</v>
+      </c>
+      <c r="E5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F5" t="s">
+        <v>11</v>
+      </c>
+      <c r="G5" t="s">
+        <v>63</v>
+      </c>
+      <c r="H5" t="s">
+        <v>64</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>65</v>
+      </c>
+      <c r="B2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D2" t="s">
+        <v>68</v>
+      </c>
+      <c r="E2" t="s">
+        <v>69</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>70</v>
+      </c>
+      <c r="H2" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>65</v>
+      </c>
+      <c r="B3" t="s">
+        <v>72</v>
+      </c>
+      <c r="C3" t="s">
+        <v>73</v>
+      </c>
+      <c r="D3" t="s">
+        <v>74</v>
+      </c>
+      <c r="E3" t="s">
+        <v>75</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>76</v>
+      </c>
+      <c r="H3" t="s">
+        <v>77</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>79</v>
+      </c>
+      <c r="B2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>81</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>82</v>
+      </c>
+      <c r="H2" t="s">
+        <v>83</v>
+      </c>
+      <c r="I2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:L3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>85</v>
+      </c>
+      <c r="J1" t="s">
+        <v>86</v>
+      </c>
+      <c r="K1" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>88</v>
+      </c>
+      <c r="B2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C2" t="s">
+        <v>11</v>
+      </c>
+      <c r="D2" t="s">
+        <v>11</v>
+      </c>
+      <c r="E2" t="s">
+        <v>90</v>
+      </c>
+      <c r="F2" t="s">
+        <v>11</v>
+      </c>
+      <c r="G2" t="s">
+        <v>91</v>
+      </c>
+      <c r="H2" t="s">
+        <v>92</v>
+      </c>
+      <c r="I2" t="s">
+        <v>93</v>
+      </c>
+      <c r="J2" t="s">
+        <v>94</v>
+      </c>
+      <c r="K2" t="s">
+        <v>95</v>
+      </c>
+      <c r="L2" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>88</v>
+      </c>
+      <c r="B3" t="s">
+        <v>97</v>
+      </c>
+      <c r="C3" t="s">
+        <v>11</v>
+      </c>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
+      <c r="E3" t="s">
+        <v>98</v>
+      </c>
+      <c r="F3" t="s">
+        <v>11</v>
+      </c>
+      <c r="G3" t="s">
+        <v>99</v>
+      </c>
+      <c r="H3" t="s">
+        <v>100</v>
+      </c>
+      <c r="I3" t="s">
+        <v>101</v>
+      </c>
+      <c r="J3" t="s">
+        <v>102</v>
+      </c>
+      <c r="K3" t="s">
+        <v>103</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>