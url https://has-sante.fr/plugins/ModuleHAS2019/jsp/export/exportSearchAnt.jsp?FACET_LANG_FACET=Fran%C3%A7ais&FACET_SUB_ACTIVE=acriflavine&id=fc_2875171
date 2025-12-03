--- v0 (2025-10-19)
+++ v1 (2025-12-03)
@@ -35,69 +35,69 @@
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...5 lines deleted...]
-    <t>To assess the clinical utility (impact on healthcare), the diagnostic accuracy and safety of endomicroscopy-based biopsy method in comparison to the standard of care during an endoscopic evaluation of patients with Barrett’s esophagus (BE) using white light endoscopy (WLE) +/- high-definition (HD) view. The standard of care is currently the Seattle protocol which correspond to biopsy any visible lesion and practice complementary random four-quadrant biopsy of the remaining metaplastic mucosa. The aim of this heath technology assessment (HTA) is to decide on the coverage by French National Health Insurance of medical procedure using esophagus’s endomicroscopy in two different clinical situations: surveillance of patients with non-dysplastic BE (for diagnosis of BE early neoplasia) or pre-therapeutic mapping with dysplastic BE (for diagnosis of synchronous early neoplasia). The target lesion in this assessment was early oesophageal adenocarcinoma .</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Évaluation de l’endomicroscopie optique réalisée lors de la cartographie d’un endo-brachy-œsophage  (aide au diagnostic précoce du cancer superficiel de l’œsophage) - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’endo-brachy-œsophage est une lésion pré-cancéreuse métaplasique du bas œsophage responsable d’un risque de dégénérescence maligne : l’adénocarcinome de l’œsophage. Une surveillance biopsique régulière par une cartographie étagée de la muqueuse vise à diagnostiquer précocement les lésions cancéreuses. La lésion cible est l’adénocarcinome superficiel de l’œsophage qui comprend la dysplasie de haut grade et le carcinome intra-muqueux.</t>
   </si>
   <si>
     <t>10/10/2014 00:00:00</t>
   </si>
   <si>
     <t>10/10/2014 16:05:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_1731777/en/assessment-of-real-time-optical-endomicroscopy-performed-during-mapping-of-barrett-s-esophagus-be-for-diagnosis-of-be-associated-early-neoplasia-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_1731777/fr/evaluation-de-l-endomicroscopie-optique-realisee-lors-de-la-cartographie-d-un-endo-brachy-oesophage-aide-au-diagnostic-precoce-du-cancer-superficiel-de-l-oesophage-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1731777</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>