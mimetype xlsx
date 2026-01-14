--- v0 (2025-10-16)
+++ v1 (2026-01-14)
@@ -1,334 +1,1501 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Public Health guideline" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Drugs" r:id="rId5" sheetId="3"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Public Health guideline'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="102" uniqueCount="73">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="890" uniqueCount="458">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...11 lines deleted...]
-    <t>03/07/2024 14:30:00</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Recommandations vaccinales contre le Zona. Place du vaccin Shingrix</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination contre le zona avec le vaccin Shingrix des personnes de 18 ans et plus dont le système immunitaire est défaillant, ainsi que de toutes les personnes âgées de 65 ans et plus.</t>
+  </si>
+  <si>
+    <t>29/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/03/2024 14:30:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3498915/en/shingles-vaccination-recommendations-and-the-role-of-the-shingrix-vaccine</t>
+    <t>https://www.has-sante.fr/jcms/p_3498915/fr/recommandations-vaccinales-contre-le-zona-place-du-vaccin-shingrix</t>
   </si>
   <si>
     <t>p_3498915</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...8 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606479/en/rheumatoid-arthritis-diagnosis-and-initial-management</t>
+    <t>Évaluation médico-économique des traitements de fond biologiques dans la prise en charge de la polyarthrite rhumatoïde</t>
+  </si>
+  <si>
+    <t>La polyarthrite rhumatoïde est une maladie rhumatismale auto-immune, inflammatoire, chronique, évoluant par poussées provoquant des gonflements et des douleurs au niveau des poignets, des mains ou des pieds et détruisant progressivement les articulations.</t>
+  </si>
+  <si>
+    <t>04/11/2015 00:00:00</t>
+  </si>
+  <si>
+    <t>16/05/2019 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2580906/fr/evaluation-medico-economique-des-traitements-de-fond-biologiques-dans-la-prise-en-charge-de-la-polyarthrite-rhumatoide</t>
+  </si>
+  <si>
+    <t>c_2580906</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Ostéite Chronique Multifocale Récurrente</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’ostéite chronique multifocale récurrente (OCMR). Il a été élaboré sous l’égide du Centre de référence des maladies auto-inflammatoires et de l’amylose inflammatoire (CeRéMAIA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/10/2025 12:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3689228/fr/osteite-chronique-multifocale-recurrente</t>
+  </si>
+  <si>
+    <t>p_3689228</t>
+  </si>
+  <si>
+    <t>Artérite à Cellules Géantes (Horton)</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’Artérite à Cellules Géantes (ACG). Il a été élaboré par le Groupe d’Etude Français des Artérites des gros vaisseaux (GEFA) et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares (FAI²R) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/03/2024 16:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2789359/fr/arterite-a-cellules-geantes-horton</t>
+  </si>
+  <si>
+    <t>c_2789359</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles  Idiopathiques</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’arthrite juvénile idiopathique (AJI). Il a été élaboré sous l’égide du Centre de référence des rhumatismes inflammatoires et maladies auto-immunes systémiques rares de l’enfant RAISE et de la Filière de santé des maladies auto-immunes et auto-inflammatoires rares FAI²R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>07/02/2024 08:36:06</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3493132/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>p_3493132</t>
+  </si>
+  <si>
+    <t>Syndrome néphrotique idiopathique de l’adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient adulte atteint du syndrome néphrotique idiopathique. Il a été élaboré par le Centre de Référence Syndrome Néphrotique Idiopathique de l’enfant et de l’adulte à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>18/12/2014 16:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2001046/fr/syndrome-nephrotique-idiopathique-de-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2001046</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>ALD n° 22 - Polyarthrite rhumatoïde évolutive grave</t>
+  </si>
+  <si>
+    <t>Le guide actes et prestations ALD n’est pas une recommandation de bonne pratique. Il ne constitue pas une aide à la décision portant sur la stratégie diagnostique ou thérapeutique.</t>
+  </si>
+  <si>
+    <t>22/09/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>26/09/2022 16:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_664454/fr/ald-n-22-polyarthrite-rhumatoide-evolutive-grave</t>
+  </si>
+  <si>
+    <t>c_664454</t>
+  </si>
+  <si>
+    <t>ALD n° 27 - Spondylarthrite grave</t>
+  </si>
+  <si>
+    <t>26/09/2022 15:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_900658/fr/ald-n-27-spondylarthrite-grave</t>
+  </si>
+  <si>
+    <t>c_900658</t>
+  </si>
+  <si>
+    <t>Maladie de Niemann Pick de type C</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de la Maladie de Niemann Pick de type C (NPC). Il a été élaboré par le Centres de Référence des Maladies lysosomales à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3299951/fr/maladie-de-niemann-pick-de-type-c</t>
+  </si>
+  <si>
+    <t>p_3299951</t>
+  </si>
+  <si>
+    <t>Uvéites chroniques non infectieuses de l'enfant et de l'adulte</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient d’âge pédiatrique ou adulte atteint d'uvéites chroniques non infectieuses. Il a été élaboré sous l’égide du Centre de Référence des maladies Rhumatologiques Inflammatoires et des maladies Auto-Immunes Systémiques rares de l’Enfant (RAISE), du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de Référence Maladies Rares en Ophtalmologie (OPHTARA), de la Filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R) et de la Filière de santé des maladies rares sensorielles (SENSGENE), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/06/2020 18:43:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3187246/fr/uveites-chroniques-non-infectieuses-de-l-enfant-et-de-l-adulte</t>
+  </si>
+  <si>
+    <t>p_3187246</t>
+  </si>
+  <si>
+    <t>Artérite de Takayasu</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Artérite de Takayasu. Il a été élaboré sous l’égide du Centre de Référence des Maladies Auto-Inflammatoires et de l’Amylose Inflammatoire (CeRéMAIA), du Centre de référence des maladies vasculaires rares, de la filière des maladies auto-immunes et auto-inflammatoires rares (FAI²R), et de la filière maladies vasculaires rares avec atteinte multisystémique (FAVA-MULTI), à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/04/2020 13:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148994/fr/arterite-de-takayasu</t>
+  </si>
+  <si>
+    <t>p_3148994</t>
+  </si>
+  <si>
+    <t>Maladie de Behçet</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de la Maladie de Behçet. Il a été élaboré Sous l’égide du Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose Inflammatoire CeRéMAIA et de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI²R, à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/01/2020 14:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3148016/fr/maladie-de-behcet</t>
+  </si>
+  <si>
+    <t>p_3148016</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Rectocolite hémorragique</t>
+  </si>
+  <si>
+    <t>22/05/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>24/07/2019 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671091/fr/ald-n-24-rectocolite-hemorragique</t>
+  </si>
+  <si>
+    <t>c_671091</t>
+  </si>
+  <si>
+    <t>ALD n° 24 - Maladie de Crohn</t>
+  </si>
+  <si>
+    <t>11/06/2019 09:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_671094/fr/ald-n-24-maladie-de-crohn</t>
+  </si>
+  <si>
+    <t>c_671094</t>
+  </si>
+  <si>
+    <t>TRAPS - Tumor necrosis factor-Receptor-Associated Periodic Syndrome Ou  Syndrome de fièvre récurrente lié au récepteur du facteur de nécrose tumorale</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est de présenter, pour les professionnels de santé, la prise en charge optimale et le parcours de soins d’un malade atteint d’un syndrome de fièvre récurrente lié au récepteur 1 du TNF (TNF receptor associated periodic syndrome) encore appelé TRAPS.</t>
+  </si>
+  <si>
+    <t>05/07/2018 10:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860688/fr/traps-tumor-necrosis-factor-receptor-associated-periodic-syndrome-ou-syndrome-de-fievre-recurrente-lie-au-recepteur-du-facteur-de-necrose-tumorale</t>
+  </si>
+  <si>
+    <t>c_2860688</t>
+  </si>
+  <si>
+    <t>Arthrites Juvéniles Idiopathiques</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle d’un patient atteint d’arthrite juvénile idiopathique (AJI) dans sa forme systémique (maladie de Still), d’AJI oligoarticulaire ou polyarticulaire sans facteur rhumatoïde et d’AJI associée aux enthésites. Ces quatre formes représentent la grande majorité des AJI.</t>
+  </si>
+  <si>
+    <t>30/10/2017 15:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801939/fr/arthrites-juveniles-idiopathiques</t>
+  </si>
+  <si>
+    <t>c_2801939</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge du patient présentant une lombalgie commune</t>
+  </si>
+  <si>
+    <t>L’objectif : guider les professionnels de santé dans les différentes étapes du diagnostic et du traitement, afin de réduire le risque de chronicité de la lombalgie et de désinsertion professionnelle.</t>
+  </si>
+  <si>
+    <t>27/03/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>04/04/2019 10:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2961499/fr/prise-en-charge-du-patient-presentant-une-lombalgie-commune</t>
+  </si>
+  <si>
+    <t>c_2961499</t>
+  </si>
+  <si>
+    <t>Diagnostic, prise en charge thérapeutique et suivi des spondylarthrites. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>30/11/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_800266/fr/diagnostic-prise-en-charge-therapeutique-et-suivi-des-spondylarthrites-cette-recommandation-est-suspendue</t>
+  </si>
+  <si>
+    <t>c_800266</t>
+  </si>
+  <si>
+    <t>Polyarthrite rhumatoïde : diagnostic et prise en charge initiale. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>27/05/2009 12:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606479/fr/polyarthrite-rhumatoide-diagnostic-et-prise-en-charge-initiale-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606479</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: management of established RA</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_606483/en/rheumatoid-arthritis-management-of-established-ra</t>
+    <t>Polyarthrite rhumatoïde : prise en charge en phase d’état. Cette recommandation est suspendue.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606483/fr/polyarthrite-rhumatoide-prise-en-charge-en-phase-d-etat-cette-recommandation-est-suspendue</t>
   </si>
   <si>
     <t>c_606483</t>
   </si>
   <si>
-    <t>Rheumatoid arthritis: Medical, social and organisational aspects of treatment (excluding surgery and drugs)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_533480/en/rheumatoid-arthritis-medical-social-and-organisational-aspects-of-treatment-excluding-surgery-and-drugs</t>
+    <t>Polyarthrite rhumatoïde : aspects thérapeutiques hors médicaments et chirurgie - aspects médico-sociaux et organisationnels</t>
+  </si>
+  <si>
+    <t>L'objectif de ces recommandations est de répondre aux questions suivantes :# 1. Quelles sont les indications des différentes prises en charge non médicamenteuses pour le traitement des patients atteints de polyarthrite rhumatoïde ? Sont envisagés les traitements physiques et de réadaptation (kinésithérapie, balnéothérapie et thermalisme, ergothérapie, pédicurie-podologie, appareillage), l'éducation thérapeutique du patient, les prises en charge psychologiques, les autres traitements non médicamenteux (acupuncture, régimes diététiques, ostéopathie) ainsi que les prises en charge sociale et professionnelle.# 2. Quelle est la stratégie thérapeutique à adopter ? Est envisagée la place des différentes techniques entre elles en fonction de l’activité et du stade d’évolution de la polyarthrite rhumatoïde.# 3. Quelles sont les stratégies de prise en charge sociale et professionnelle à adopter ? Sont envisagées la place de la médecine du travail, celle des aides sociales et celle des associations de patients.# Ces recommandations sont complétées par des séries de critères de qualité pour l'évaluation et l'amélioration des pratiques professionnelles.</t>
+  </si>
+  <si>
+    <t>07/03/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>21/05/2007 15:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_533480/fr/polyarthrite-rhumatoide-aspects-therapeutiques-hors-medicaments-et-chirurgie-aspects-medico-sociaux-et-organisationnels</t>
   </si>
   <si>
     <t>c_533480</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...17 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983124/en/humira</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Dépistage de la tuberculose latente via un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par un médicament de la classe des anti-JAK, dont SOTYKTU® (deucravacitinib)</t>
+  </si>
+  <si>
+    <t>Les médicaments de la classe pharmacologique des anti-JAK (dont le deucravacitinib) présentent un surrisque de survenue d’infections graves dont la tuberculose (contraction ou réactivation de l’infection tuberculeuse latente). Un dépistage de la tuberculose, et plus particulièrement de l’infection tuberculeuse latente, est donc requis avant initiation d’un traitement par médicament anti-JAK (dont le deucravacitinib). Dans ce contexte, ce dépistage de l’infection tuberculeuse latente peut être réalisé par un test de détection de la production d’interféron gamma (IGRA) avant initiation d’un traitement par anti-JAK, tout comme les traitements par médicaments anti-TNF alpha.</t>
+  </si>
+  <si>
+    <t>28/11/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>03/12/2024 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563547/fr/depistage-de-la-tuberculose-latente-via-un-test-de-detection-de-la-production-d-interferon-gamma-igra-avant-initiation-d-un-traitement-par-un-medicament-de-la-classe-des-anti-jak-dont-sotyktu-deucravacitinib</t>
+  </si>
+  <si>
+    <t>p_3563547</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 novembre 2024</t>
+  </si>
+  <si>
+    <t>30/10/2024 09:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3554484/fr/commission-de-la-transparence-reunion-du-6-novembre-2024</t>
+  </si>
+  <si>
+    <t>p_3554484</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 juillet 2024</t>
+  </si>
+  <si>
+    <t>10/07/2024 18:14:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3529998/fr/commission-de-la-transparence-reunion-du-17-juillet-2024</t>
+  </si>
+  <si>
+    <t>p_3529998</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 15 mars 2023</t>
+  </si>
+  <si>
+    <t>09/03/2023 16:17:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3419579/fr/commission-de-la-transparence-reunion-du-15-mars-2023</t>
+  </si>
+  <si>
+    <t>p_3419579</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 Décembre 2022</t>
+  </si>
+  <si>
+    <t>09/12/2022 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3395017/fr/commission-de-la-transparence-reunion-du-14-decembre-2022</t>
+  </si>
+  <si>
+    <t>p_3395017</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 6 octobre 2021</t>
+  </si>
+  <si>
+    <t>29/09/2021 17:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289519/fr/commission-de-la-transparence-reunion-a-distance-du-6-octobre-2021</t>
+  </si>
+  <si>
+    <t>p_3289519</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 23 juin 2021</t>
+  </si>
+  <si>
+    <t>17/06/2021 18:11:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272474/fr/commission-de-la-transparence-reunion-a-distance-du-23-juin-2021</t>
+  </si>
+  <si>
+    <t>p_3272474</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 19 mai 2021</t>
+  </si>
+  <si>
+    <t>11/05/2021 13:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3266397/fr/commission-de-la-transparence-reunion-a-distance-du-19-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3266397</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 5 mai 2021</t>
+  </si>
+  <si>
+    <t>30/04/2021 10:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3263613/fr/commission-de-la-transparence-reunion-a-distance-du-5-mai-2021</t>
+  </si>
+  <si>
+    <t>p_3263613</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 7 avril 2021</t>
+  </si>
+  <si>
+    <t>31/03/2021 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3258755/fr/commission-de-la-transparence-reunion-a-distance-du-7-avril-2021</t>
+  </si>
+  <si>
+    <t>p_3258755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 mars 2021</t>
+  </si>
+  <si>
+    <t>25/02/2021 12:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3239235/fr/commission-de-la-transparence-reunion-a-distance-du-3-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3239235</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 17 février 2021</t>
+  </si>
+  <si>
+    <t>10/02/2021 15:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3236885/fr/commission-de-la-transparence-reunion-a-distance-du-17-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3236885</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 3 février 2021</t>
+  </si>
+  <si>
+    <t>27/01/2021 11:54:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3234874/fr/commission-de-la-transparence-reunion-a-distance-du-3-fevrier-2021</t>
+  </si>
+  <si>
+    <t>p_3234874</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 novembre 2019</t>
+  </si>
+  <si>
+    <t>13/11/2019 17:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3118206/fr/commission-de-la-transparence-reunion-du-20-novembre-2019</t>
+  </si>
+  <si>
+    <t>p_3118206</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 23 octobre 2019</t>
+  </si>
+  <si>
+    <t>16/10/2019 11:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3113382/fr/commission-de-la-transparence-reunion-du-23-octobre-2019</t>
+  </si>
+  <si>
+    <t>p_3113382</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2019</t>
+  </si>
+  <si>
+    <t>16/05/2019 17:47:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2968693/fr/commission-de-la-transparence-reunion-du-10-juillet-2019</t>
+  </si>
+  <si>
+    <t>c_2968693</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 13 mars 2019</t>
+  </si>
+  <si>
+    <t>08/03/2019 17:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2908890/fr/college-deliberatif-du-13-mars-2019</t>
+  </si>
+  <si>
+    <t>c_2908890</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2019</t>
+  </si>
+  <si>
+    <t>29/01/2019 14:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2901217/fr/commission-de-la-transparence-reunion-du-6-fevrier-2019</t>
+  </si>
+  <si>
+    <t>c_2901217</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 décembre 2018</t>
+  </si>
+  <si>
+    <t>28/11/2018 10:24:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886593/fr/commission-de-la-transparence-reunion-du-5-decembre-2018</t>
+  </si>
+  <si>
+    <t>c_2886593</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 novembre 2018</t>
+  </si>
+  <si>
+    <t>14/11/2018 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2884230/fr/commission-de-la-transparence-reunion-du-21-novembre-2018</t>
+  </si>
+  <si>
+    <t>c_2884230</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 septembre 2018</t>
+  </si>
+  <si>
+    <t>29/08/2018 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2868602/fr/commission-de-la-transparence-reunion-du-5-septembre-2018</t>
+  </si>
+  <si>
+    <t>c_2868602</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 25 juillet 2018</t>
+  </si>
+  <si>
+    <t>18/07/2018 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2864771/fr/commission-de-la-transparence-reunion-du-25-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2864771</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 juillet 2018</t>
+  </si>
+  <si>
+    <t>04/07/2018 17:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2861373/fr/commission-de-la-transparence-reunion-du-11-juillet-2018</t>
+  </si>
+  <si>
+    <t>c_2861373</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 27 juin 2018</t>
+  </si>
+  <si>
+    <t>20/06/2018 11:58:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2857716/fr/commission-de-la-transparence-reunion-du-27-juin-2018</t>
+  </si>
+  <si>
+    <t>c_2857716</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 30 mai 2018</t>
+  </si>
+  <si>
+    <t>23/05/2018 17:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2850532/fr/commission-de-la-transparence-reunion-du-30-mai-2018</t>
+  </si>
+  <si>
+    <t>c_2850532</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 avril 2018</t>
+  </si>
+  <si>
+    <t>28/03/2018 13:59:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2839061/fr/commission-de-la-transparence-reunion-du-4-avril-2018</t>
+  </si>
+  <si>
+    <t>c_2839061</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 mars 2018</t>
+  </si>
+  <si>
+    <t>14/03/2018 17:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834595/fr/commission-de-la-transparence-reunion-du-21-mars-2018</t>
+  </si>
+  <si>
+    <t>c_2834595</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 9 novembre 2017</t>
+  </si>
+  <si>
+    <t>06/11/2017 10:26:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2803112/fr/commission-de-la-transparence-reunion-du-9-novembre-2017</t>
+  </si>
+  <si>
+    <t>c_2803112</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 13 septembre 2017</t>
+  </si>
+  <si>
+    <t>06/09/2017 16:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792126/fr/commission-de-la-transparence-reunion-du-13-septembre-2017</t>
+  </si>
+  <si>
+    <t>c_2792126</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 21 juin 2017</t>
+  </si>
+  <si>
+    <t>14/06/2017 16:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2773942/fr/commission-de-la-transparence-reunion-du-21-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2773942</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 juin 2017</t>
+  </si>
+  <si>
+    <t>31/05/2017 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2771625/fr/commission-de-la-transparence-reunion-du-7-juin-2017</t>
+  </si>
+  <si>
+    <t>c_2771625</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 8 février 2017</t>
+  </si>
+  <si>
+    <t>01/02/2017 16:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2743400/fr/commission-de-la-transparence-reunion-du-8-fevrier-2017</t>
+  </si>
+  <si>
+    <t>c_2743400</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 11 janvier 2017</t>
+  </si>
+  <si>
+    <t>04/01/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2735236/fr/commission-de-la-transparence-reunion-du-11-janvier-2017</t>
+  </si>
+  <si>
+    <t>c_2735236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 octobre 2016</t>
+  </si>
+  <si>
+    <t>12/10/2016 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2675437/fr/commission-de-la-transparence-reunion-du-19-octobre-2016</t>
+  </si>
+  <si>
+    <t>c_2675437</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 juillet 2016</t>
+  </si>
+  <si>
+    <t>13/07/2016 15:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2656551/fr/commission-de-la-transparence-reunion-du-20-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2656551</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 6 juillet 2016</t>
+  </si>
+  <si>
+    <t>01/07/2016 08:52:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2651132/fr/college-deliberatif-du-6-juillet-2016</t>
+  </si>
+  <si>
+    <t>c_2651132</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 22 juin 2016</t>
+  </si>
+  <si>
+    <t>15/06/2016 17:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2639159/fr/commission-de-la-transparence-reunion-du-22-juin-2016</t>
+  </si>
+  <si>
+    <t>c_2639159</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2016</t>
+  </si>
+  <si>
+    <t>13/04/2016 09:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2624255/fr/commission-de-la-transparence-reunion-du-20-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2624255</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 avril 2016</t>
+  </si>
+  <si>
+    <t>30/03/2016 15:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620719/fr/commission-de-la-transparence-reunion-du-6-avril-2016</t>
+  </si>
+  <si>
+    <t>c_2620719</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 mars 2016</t>
+  </si>
+  <si>
+    <t>09/03/2016 11:48:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2614580/fr/commission-de-la-transparence-reunion-du-16-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2614580</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion du 2 mars 2016</t>
+  </si>
+  <si>
+    <t>29/02/2016 18:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2611614/fr/commission-de-la-transparence-reunion-du-2-mars-2016</t>
+  </si>
+  <si>
+    <t>c_2611614</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 février 2016</t>
+  </si>
+  <si>
+    <t>09/02/2016 16:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2607552/fr/commission-de-la-transparence-reunion-du-17-fevrier-2016</t>
+  </si>
+  <si>
+    <t>c_2607552</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 janvier 2016</t>
+  </si>
+  <si>
+    <t>28/12/2015 16:49:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2585312/fr/commission-de-la-transparence-reunion-du-6-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2585312</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 9 décembre 2015</t>
+  </si>
+  <si>
+    <t>04/12/2015 09:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2578825/fr/college-deliberatif-du-9-decembre-2015</t>
+  </si>
+  <si>
+    <t>c_2578825</t>
+  </si>
+  <si>
+    <t>Collège délibératif du 4 novembre 2015</t>
+  </si>
+  <si>
+    <t>02/11/2015 10:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2568466/fr/college-deliberatif-du-4-novembre-2015</t>
+  </si>
+  <si>
+    <t>c_2568466</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 4 septembre 2013</t>
+  </si>
+  <si>
+    <t>04/09/2013 11:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1637745/fr/commission-de-la-transparence-reunion-du-4-septembre-2013</t>
+  </si>
+  <si>
+    <t>c_1637745</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juillet 2013</t>
+  </si>
+  <si>
+    <t>10/07/2013 11:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1616460/fr/commission-de-la-transparence-reunion-du-10-juillet-2013</t>
+  </si>
+  <si>
+    <t>c_1616460</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 6 février 2013</t>
+  </si>
+  <si>
+    <t>06/02/2013 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1357267/fr/commission-de-la-transparence-reunion-du-6-fevrier-2013</t>
+  </si>
+  <si>
+    <t>c_1357267</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 septembre 2012</t>
+  </si>
+  <si>
+    <t>18/09/2012 09:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1296038/fr/commission-de-la-transparence-reunion-du-19-septembre-2012</t>
+  </si>
+  <si>
+    <t>c_1296038</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 7 septembre 2011</t>
+  </si>
+  <si>
+    <t>07/09/2011 15:35:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1095165/fr/commission-de-la-transparence-reunion-du-7-septembre-2011</t>
+  </si>
+  <si>
+    <t>c_1095165</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 mai 2010</t>
+  </si>
+  <si>
+    <t>05/05/2010 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_950375/fr/commission-de-la-transparence-reunion-du-5-mai-2010</t>
+  </si>
+  <si>
+    <t>c_950375</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 juin 2009</t>
+  </si>
+  <si>
+    <t>10/06/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_809304/fr/commission-de-la-transparence-reunion-du-10-juin-2009</t>
+  </si>
+  <si>
+    <t>c_809304</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 28 mai 2008</t>
+  </si>
+  <si>
+    <t>28/05/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_665170/fr/commission-de-la-transparence-reunion-du-28-mai-2008</t>
+  </si>
+  <si>
+    <t>c_665170</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 2 avril 2008</t>
+  </si>
+  <si>
+    <t>02/04/2008 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_644154/fr/commission-de-la-transparence-reunion-du-2-avril-2008</t>
+  </si>
+  <si>
+    <t>c_644154</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 octobre 2007</t>
+  </si>
+  <si>
+    <t>24/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_598236/fr/commission-de-la-transparence-reunion-du-24-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_598236</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 12 septembre 2007</t>
+  </si>
+  <si>
+    <t>12/09/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_682815/fr/commission-de-la-transparence-reunion-du-12-septembre-2007</t>
+  </si>
+  <si>
+    <t>c_682815</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Décision n°2017.0199/SEM du 13 décembre 2017 du collège de la Haute Autorité de santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l’infliximab dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab et des spécialités identifiées comme biologiques similaires et inscrites sur la liste de référence des groupes biologiques similaires mentionnée à l’article L. 5121-10-2 du code de la santé publique dans le cadre d’une recommandation temporaire d’utilisation, dans le « Traitement de la maladie de Takayasu répondant aux critères d’Ishikawa et résistant aux traitements conventionnels (corticoïdes et immunosuppresseurs», ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>13/12/2017 10:14:00</t>
+  </si>
+  <si>
+    <t>19/12/2017 15:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2814160/fr/decision-n2017-0199/sem-du-13-decembre-2017-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_2814160</t>
+  </si>
+  <si>
+    <t>DECISION N° 2015.0278/DC/SEM du 9 décembre 2015 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de STELARA (ustékinumab) dans le cadre d’une recommandation temporaire d’utilisation - RTU abrogée le 03 octobre 2017</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # - la pathologie, la maladie de Crohn modérée à sévère, maladie chronique évoluant par poussées, alternant avec des phases de rémission. Il s’agit d’une pathologie invalidante qui peut entraîner une dégradation marquée de la qualité de vie. # - l’absence d’alternative appropriée et remboursable à ce jour chez ces patients; # - le fait que l’utilisation de ce médicament semble indispensable pour le traitement de ces patients, afin d’améliorer leur état de santé ou éviter leur dégradation. # le Collège de la HAS considère que les spécialités STELARA (ustékinumab) doivent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement de la maladie de Crohn active modérée à sévère en échec à l’infliximab, l’adalimumab et au védolizumab ou qui sont intolérants, ou qui ont une contre-indication à ces traitements ».# *RTU abrogée le 03 octobre 2017. La fin de cette RTU fait suite à la décision de la Commission européenne en date du 11 novembre 2016 de modifier l'autorisation de mise sur le marché (AMM) de STELARA pour y inclure l'indication thérapeutique "traitement de la maladie de Crohn active modérée à sévère chez les patients adultes présentant une réponse insuffisante, une perte de réponse ou une intolérance à un traitement conventionnel ou par anti-TNFα, ou qui présentent une contre-indication médicale à ces traitements» et un nouveau dosage adapté à l’induction du traitement dans cette nouvelle indication : STELARA 130 mg, solution à diluer pour perfusion.*</t>
+  </si>
+  <si>
+    <t>09/12/2015 18:00:00</t>
+  </si>
+  <si>
+    <t>13/12/2017 17:08:16</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2582259/fr/decision-n-2015-0278/dc/sem-du-9-decembre-2015-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-stelara-ustekinumab-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-le-03-octobre-2017</t>
+  </si>
+  <si>
+    <t>c_2582259</t>
+  </si>
+  <si>
+    <t>DECISION N° 2014.0144/DC du 16 juillet 2014 du collège de la Haute Autorité de Santé adoptant la recommandation relative à la prise en charge à titre dérogatoire de l'infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation</t>
+  </si>
+  <si>
+    <t>La recommandation relative à la prise en charge à titre dérogatoire de l’infliximab (REMICADE) dans le cadre d’une recommandation temporaire d’utilisation, ci-jointe, est adoptée.</t>
+  </si>
+  <si>
+    <t>16/07/2014 10:55:00</t>
+  </si>
+  <si>
+    <t>29/07/2014 14:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1757268/fr/decision-n-2014-0144/dc-du-16-juillet-2014-du-college-de-la-haute-autorite-de-sante-adoptant-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-l-infliximab-remicade-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation</t>
+  </si>
+  <si>
+    <t>c_1757268</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>HUMIRA (adalimumab)</t>
+  </si>
+  <si>
+    <t>18/09/2024 09:20:30</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983124/fr/humira-adalimumab</t>
   </si>
   <si>
     <t>pprd_2983124</t>
   </si>
   <si>
     <t>adalimumab</t>
   </si>
   <si>
     <t>ABBVIE</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400009/en/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
-[...95 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3539111/en/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+    <t>https://www.has-sante.fr/jcms/c_400009/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400074/fr/humira-40-mg-solution-injectable-en-seringue-pre-remplie-boite-de-2-seringues</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400716/fr/humira-40-mg-solution-injectable-en-seringue-preremplie-2-seringues-pre-remplies-en-verre-de-0-8-ml-avec-2-tampons-alcoolises-code-cip-362-230-5</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_455490/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_605668/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_672931/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_827706/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1055267/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1104003/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1103997/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1325255/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1367936/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638939/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1638941/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1650026/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2027353/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2619541/fr/humira-adalimumab-antitnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2621680/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2625986/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620021/fr/humira-adalimumab-inhibiteur-du-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2671785/fr/humira-adalimumab-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2745260/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2834708/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865442/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2869247/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2862987/fr/humira-adalimumab-immunossuppresseur-anti-tnf</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3143614/fr/humira-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3244158/fr/humira-maladie-de-verneuil-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3270042/fr/humira-adalimumab-psoriasis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3273456/fr/humira-adalimumab-rectocolite-hemorragique-pediatrique</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3402381/fr/humira-adalimumab-maladie-de-crohn-chez-les-adolescents-et-enfants-6-ans</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426145/fr/humira-adalimumab-psoriasis-en-plaques-chez-l-enfant-et-adolescent</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3539111/fr/humira-adalimumab-biotherapies-par-voie-sous-cutanee-dans-les-maladies-inflammatoires-chroniques</t>
+  </si>
+  <si>
+    <t>IMRALDI (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/01/2020 09:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2982870/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2982870</t>
+  </si>
+  <si>
+    <t>BIOGEN FRANCE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2867463/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2905742/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3145045/fr/imraldi-adalimumab</t>
+  </si>
+  <si>
+    <t>IDACIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>06/08/2019 16:33:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3082084/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>p_3082084</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3080455/fr/idacio-adalimumab</t>
+  </si>
+  <si>
+    <t>HULIO (adalimumab)</t>
+  </si>
+  <si>
+    <t>12/12/2018 11:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983007/fr/hulio-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983007</t>
+  </si>
+  <si>
+    <t>MYLAN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886950/fr/hulio-adalimumab</t>
+  </si>
+  <si>
+    <t>HYRIMOZ (adalimumab)</t>
+  </si>
+  <si>
+    <t>08/10/2018 09:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983089/fr/hyrimoz-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983089</t>
+  </si>
+  <si>
+    <t>SANDOZ SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2876145/fr/hyrimoz-adalimumab</t>
+  </si>
+  <si>
+    <t>AMGEVITA (adalimumab)</t>
+  </si>
+  <si>
+    <t>28/08/2018 14:32:44</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983158/fr/amgevita-adalimumab</t>
+  </si>
+  <si>
+    <t>pprd_2983158</t>
+  </si>
+  <si>
+    <t>AMGEN S.A.S.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2865430/fr/amgevita-adalimumab</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -342,341 +1509,2939 @@
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
         <v>14</v>
       </c>
       <c r="H2" t="s">
         <v>15</v>
       </c>
     </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" t="s">
+        <v>16</v>
+      </c>
+      <c r="C3" t="s">
+        <v>17</v>
+      </c>
+      <c r="D3" t="s">
+        <v>18</v>
+      </c>
+      <c r="E3" t="s">
+        <v>19</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>20</v>
+      </c>
+      <c r="H3" t="s">
+        <v>21</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H16"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>22</v>
+      </c>
+      <c r="B2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>26</v>
+      </c>
+      <c r="H2" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>22</v>
+      </c>
+      <c r="B3" t="s">
+        <v>28</v>
+      </c>
+      <c r="C3" t="s">
+        <v>29</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>30</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>31</v>
+      </c>
+      <c r="H3" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>22</v>
+      </c>
+      <c r="B4" t="s">
+        <v>33</v>
+      </c>
+      <c r="C4" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>37</v>
+      </c>
+      <c r="H4" t="s">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>22</v>
+      </c>
+      <c r="B5" t="s">
+        <v>39</v>
+      </c>
+      <c r="C5" t="s">
+        <v>40</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>42</v>
+      </c>
+      <c r="H5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>22</v>
+      </c>
+      <c r="B6" t="s">
+        <v>44</v>
+      </c>
+      <c r="C6" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>46</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>47</v>
+      </c>
+      <c r="H6" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>22</v>
+      </c>
+      <c r="B7" t="s">
+        <v>49</v>
+      </c>
+      <c r="C7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D7" t="s">
+        <v>51</v>
+      </c>
+      <c r="E7" t="s">
+        <v>52</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>53</v>
+      </c>
+      <c r="H7" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>22</v>
+      </c>
+      <c r="B8" t="s">
+        <v>55</v>
+      </c>
+      <c r="C8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D8" t="s">
+        <v>51</v>
+      </c>
+      <c r="E8" t="s">
+        <v>56</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>57</v>
+      </c>
+      <c r="H8" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>22</v>
+      </c>
+      <c r="B9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C9" t="s">
+        <v>60</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>61</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>62</v>
+      </c>
+      <c r="H9" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>22</v>
+      </c>
+      <c r="B10" t="s">
+        <v>64</v>
+      </c>
+      <c r="C10" t="s">
+        <v>65</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>66</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>67</v>
+      </c>
+      <c r="H10" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>22</v>
+      </c>
+      <c r="B11" t="s">
+        <v>69</v>
+      </c>
+      <c r="C11" t="s">
+        <v>70</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>71</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>72</v>
+      </c>
+      <c r="H11" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>22</v>
+      </c>
+      <c r="B12" t="s">
+        <v>74</v>
+      </c>
+      <c r="C12" t="s">
+        <v>75</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>76</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>77</v>
+      </c>
+      <c r="H12" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>22</v>
+      </c>
+      <c r="B13" t="s">
+        <v>79</v>
+      </c>
+      <c r="C13" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" t="s">
+        <v>80</v>
+      </c>
+      <c r="E13" t="s">
+        <v>81</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>82</v>
+      </c>
+      <c r="H13" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>22</v>
+      </c>
+      <c r="B14" t="s">
+        <v>84</v>
+      </c>
+      <c r="C14" t="s">
+        <v>50</v>
+      </c>
+      <c r="D14" t="s">
+        <v>80</v>
+      </c>
+      <c r="E14" t="s">
+        <v>85</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>86</v>
+      </c>
+      <c r="H14" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>22</v>
+      </c>
+      <c r="B15" t="s">
+        <v>88</v>
+      </c>
+      <c r="C15" t="s">
+        <v>89</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>90</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>91</v>
+      </c>
+      <c r="H15" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>22</v>
+      </c>
+      <c r="B16" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>95</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>96</v>
+      </c>
+      <c r="H16" t="s">
+        <v>97</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>98</v>
+      </c>
+      <c r="B2" t="s">
+        <v>99</v>
+      </c>
+      <c r="C2" t="s">
+        <v>100</v>
+      </c>
+      <c r="D2" t="s">
+        <v>101</v>
+      </c>
+      <c r="E2" t="s">
+        <v>102</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>103</v>
+      </c>
+      <c r="H2" t="s">
+        <v>104</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>98</v>
+      </c>
+      <c r="B3" t="s">
+        <v>105</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>106</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>107</v>
+      </c>
+      <c r="H3" t="s">
+        <v>108</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>98</v>
+      </c>
+      <c r="B4" t="s">
+        <v>109</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>110</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>111</v>
+      </c>
+      <c r="H4" t="s">
+        <v>112</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>98</v>
+      </c>
+      <c r="B5" t="s">
+        <v>113</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>110</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>114</v>
+      </c>
+      <c r="H5" t="s">
+        <v>115</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>98</v>
+      </c>
+      <c r="B6" t="s">
+        <v>116</v>
+      </c>
+      <c r="C6" t="s">
+        <v>117</v>
+      </c>
+      <c r="D6" t="s">
+        <v>118</v>
+      </c>
+      <c r="E6" t="s">
+        <v>119</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>120</v>
+      </c>
+      <c r="H6" t="s">
+        <v>121</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>122</v>
+      </c>
+      <c r="B2" t="s">
+        <v>123</v>
+      </c>
+      <c r="C2" t="s">
+        <v>124</v>
+      </c>
+      <c r="D2" t="s">
+        <v>125</v>
+      </c>
+      <c r="E2" t="s">
+        <v>126</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>127</v>
+      </c>
+      <c r="H2" t="s">
+        <v>128</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I59"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>129</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>130</v>
+      </c>
+      <c r="B2" t="s">
+        <v>131</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>132</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>133</v>
+      </c>
+      <c r="H2" t="s">
+        <v>134</v>
+      </c>
+      <c r="I2" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>130</v>
+      </c>
+      <c r="B3" t="s">
+        <v>136</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>137</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>138</v>
+      </c>
+      <c r="H3" t="s">
+        <v>139</v>
+      </c>
+      <c r="I3" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>130</v>
+      </c>
+      <c r="B4" t="s">
+        <v>140</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>141</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>142</v>
+      </c>
+      <c r="H4" t="s">
+        <v>143</v>
+      </c>
+      <c r="I4" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>130</v>
+      </c>
+      <c r="B5" t="s">
+        <v>144</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>146</v>
+      </c>
+      <c r="H5" t="s">
+        <v>147</v>
+      </c>
+      <c r="I5" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>130</v>
+      </c>
+      <c r="B6" t="s">
+        <v>148</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>149</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>150</v>
+      </c>
+      <c r="H6" t="s">
+        <v>151</v>
+      </c>
+      <c r="I6" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>130</v>
+      </c>
+      <c r="B7" t="s">
+        <v>152</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>153</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>154</v>
+      </c>
+      <c r="H7" t="s">
+        <v>155</v>
+      </c>
+      <c r="I7" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B8" t="s">
+        <v>156</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>157</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>158</v>
+      </c>
+      <c r="H8" t="s">
+        <v>159</v>
+      </c>
+      <c r="I8" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>130</v>
+      </c>
+      <c r="B9" t="s">
+        <v>160</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>161</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>162</v>
+      </c>
+      <c r="H9" t="s">
+        <v>163</v>
+      </c>
+      <c r="I9" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>130</v>
+      </c>
+      <c r="B10" t="s">
+        <v>164</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>165</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>166</v>
+      </c>
+      <c r="H10" t="s">
+        <v>167</v>
+      </c>
+      <c r="I10" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>130</v>
+      </c>
+      <c r="B11" t="s">
+        <v>168</v>
+      </c>
+      <c r="C11" t="s">
+        <v>13</v>
+      </c>
+      <c r="D11" t="s">
+        <v>13</v>
+      </c>
+      <c r="E11" t="s">
+        <v>169</v>
+      </c>
+      <c r="F11" t="s">
+        <v>13</v>
+      </c>
+      <c r="G11" t="s">
+        <v>170</v>
+      </c>
+      <c r="H11" t="s">
+        <v>171</v>
+      </c>
+      <c r="I11" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="s">
+        <v>130</v>
+      </c>
+      <c r="B12" t="s">
+        <v>172</v>
+      </c>
+      <c r="C12" t="s">
+        <v>13</v>
+      </c>
+      <c r="D12" t="s">
+        <v>13</v>
+      </c>
+      <c r="E12" t="s">
+        <v>173</v>
+      </c>
+      <c r="F12" t="s">
+        <v>13</v>
+      </c>
+      <c r="G12" t="s">
+        <v>174</v>
+      </c>
+      <c r="H12" t="s">
+        <v>175</v>
+      </c>
+      <c r="I12" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>130</v>
+      </c>
+      <c r="B13" t="s">
+        <v>176</v>
+      </c>
+      <c r="C13" t="s">
+        <v>13</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>177</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>178</v>
+      </c>
+      <c r="H13" t="s">
+        <v>179</v>
+      </c>
+      <c r="I13" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>130</v>
+      </c>
+      <c r="B14" t="s">
+        <v>180</v>
+      </c>
+      <c r="C14" t="s">
+        <v>13</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>181</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>182</v>
+      </c>
+      <c r="H14" t="s">
+        <v>183</v>
+      </c>
+      <c r="I14" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>130</v>
+      </c>
+      <c r="B15" t="s">
+        <v>184</v>
+      </c>
+      <c r="C15" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>185</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>186</v>
+      </c>
+      <c r="H15" t="s">
+        <v>187</v>
+      </c>
+      <c r="I15" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>130</v>
+      </c>
+      <c r="B16" t="s">
+        <v>188</v>
+      </c>
+      <c r="C16" t="s">
+        <v>13</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>189</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>190</v>
+      </c>
+      <c r="H16" t="s">
+        <v>191</v>
+      </c>
+      <c r="I16" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>130</v>
+      </c>
+      <c r="B17" t="s">
+        <v>192</v>
+      </c>
+      <c r="C17" t="s">
+        <v>13</v>
+      </c>
+      <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
+        <v>193</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>194</v>
+      </c>
+      <c r="H17" t="s">
+        <v>195</v>
+      </c>
+      <c r="I17" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>130</v>
+      </c>
+      <c r="B18" t="s">
+        <v>196</v>
+      </c>
+      <c r="C18" t="s">
+        <v>13</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>197</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>198</v>
+      </c>
+      <c r="H18" t="s">
+        <v>199</v>
+      </c>
+      <c r="I18" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>130</v>
+      </c>
+      <c r="B19" t="s">
+        <v>200</v>
+      </c>
+      <c r="C19" t="s">
+        <v>13</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>201</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>202</v>
+      </c>
+      <c r="H19" t="s">
+        <v>203</v>
+      </c>
+      <c r="I19" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>130</v>
+      </c>
+      <c r="B20" t="s">
+        <v>204</v>
+      </c>
+      <c r="C20" t="s">
+        <v>13</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>205</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>206</v>
+      </c>
+      <c r="H20" t="s">
+        <v>207</v>
+      </c>
+      <c r="I20" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>130</v>
+      </c>
+      <c r="B21" t="s">
+        <v>208</v>
+      </c>
+      <c r="C21" t="s">
+        <v>13</v>
+      </c>
+      <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
+        <v>209</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>210</v>
+      </c>
+      <c r="H21" t="s">
+        <v>211</v>
+      </c>
+      <c r="I21" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>130</v>
+      </c>
+      <c r="B22" t="s">
+        <v>212</v>
+      </c>
+      <c r="C22" t="s">
+        <v>13</v>
+      </c>
+      <c r="D22" t="s">
+        <v>13</v>
+      </c>
+      <c r="E22" t="s">
+        <v>213</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>214</v>
+      </c>
+      <c r="H22" t="s">
+        <v>215</v>
+      </c>
+      <c r="I22" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="s">
+        <v>130</v>
+      </c>
+      <c r="B23" t="s">
+        <v>216</v>
+      </c>
+      <c r="C23" t="s">
+        <v>13</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+      <c r="E23" t="s">
+        <v>217</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>218</v>
+      </c>
+      <c r="H23" t="s">
+        <v>219</v>
+      </c>
+      <c r="I23" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="s">
+        <v>130</v>
+      </c>
+      <c r="B24" t="s">
+        <v>220</v>
+      </c>
+      <c r="C24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D24" t="s">
+        <v>13</v>
+      </c>
+      <c r="E24" t="s">
+        <v>221</v>
+      </c>
+      <c r="F24" t="s">
+        <v>13</v>
+      </c>
+      <c r="G24" t="s">
+        <v>222</v>
+      </c>
+      <c r="H24" t="s">
+        <v>223</v>
+      </c>
+      <c r="I24" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="s">
+        <v>130</v>
+      </c>
+      <c r="B25" t="s">
+        <v>224</v>
+      </c>
+      <c r="C25" t="s">
+        <v>13</v>
+      </c>
+      <c r="D25" t="s">
+        <v>13</v>
+      </c>
+      <c r="E25" t="s">
+        <v>225</v>
+      </c>
+      <c r="F25" t="s">
+        <v>13</v>
+      </c>
+      <c r="G25" t="s">
+        <v>226</v>
+      </c>
+      <c r="H25" t="s">
+        <v>227</v>
+      </c>
+      <c r="I25" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="s">
+        <v>130</v>
+      </c>
+      <c r="B26" t="s">
+        <v>228</v>
+      </c>
+      <c r="C26" t="s">
+        <v>13</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+      <c r="E26" t="s">
+        <v>229</v>
+      </c>
+      <c r="F26" t="s">
+        <v>13</v>
+      </c>
+      <c r="G26" t="s">
+        <v>230</v>
+      </c>
+      <c r="H26" t="s">
+        <v>231</v>
+      </c>
+      <c r="I26" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="s">
+        <v>130</v>
+      </c>
+      <c r="B27" t="s">
+        <v>232</v>
+      </c>
+      <c r="C27" t="s">
+        <v>13</v>
+      </c>
+      <c r="D27" t="s">
+        <v>13</v>
+      </c>
+      <c r="E27" t="s">
+        <v>233</v>
+      </c>
+      <c r="F27" t="s">
+        <v>13</v>
+      </c>
+      <c r="G27" t="s">
+        <v>234</v>
+      </c>
+      <c r="H27" t="s">
+        <v>235</v>
+      </c>
+      <c r="I27" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="s">
+        <v>130</v>
+      </c>
+      <c r="B28" t="s">
+        <v>236</v>
+      </c>
+      <c r="C28" t="s">
+        <v>13</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+      <c r="E28" t="s">
+        <v>237</v>
+      </c>
+      <c r="F28" t="s">
+        <v>13</v>
+      </c>
+      <c r="G28" t="s">
+        <v>238</v>
+      </c>
+      <c r="H28" t="s">
+        <v>239</v>
+      </c>
+      <c r="I28" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="s">
+        <v>130</v>
+      </c>
+      <c r="B29" t="s">
+        <v>240</v>
+      </c>
+      <c r="C29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+      <c r="E29" t="s">
+        <v>241</v>
+      </c>
+      <c r="F29" t="s">
+        <v>13</v>
+      </c>
+      <c r="G29" t="s">
+        <v>242</v>
+      </c>
+      <c r="H29" t="s">
+        <v>243</v>
+      </c>
+      <c r="I29" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="s">
+        <v>130</v>
+      </c>
+      <c r="B30" t="s">
+        <v>244</v>
+      </c>
+      <c r="C30" t="s">
+        <v>13</v>
+      </c>
+      <c r="D30" t="s">
+        <v>13</v>
+      </c>
+      <c r="E30" t="s">
+        <v>245</v>
+      </c>
+      <c r="F30" t="s">
+        <v>13</v>
+      </c>
+      <c r="G30" t="s">
+        <v>246</v>
+      </c>
+      <c r="H30" t="s">
+        <v>247</v>
+      </c>
+      <c r="I30" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="s">
+        <v>130</v>
+      </c>
+      <c r="B31" t="s">
+        <v>248</v>
+      </c>
+      <c r="C31" t="s">
+        <v>13</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+      <c r="E31" t="s">
+        <v>249</v>
+      </c>
+      <c r="F31" t="s">
+        <v>13</v>
+      </c>
+      <c r="G31" t="s">
+        <v>250</v>
+      </c>
+      <c r="H31" t="s">
+        <v>251</v>
+      </c>
+      <c r="I31" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="s">
+        <v>130</v>
+      </c>
+      <c r="B32" t="s">
+        <v>252</v>
+      </c>
+      <c r="C32" t="s">
+        <v>13</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+      <c r="E32" t="s">
+        <v>253</v>
+      </c>
+      <c r="F32" t="s">
+        <v>13</v>
+      </c>
+      <c r="G32" t="s">
+        <v>254</v>
+      </c>
+      <c r="H32" t="s">
+        <v>255</v>
+      </c>
+      <c r="I32" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="s">
+        <v>130</v>
+      </c>
+      <c r="B33" t="s">
+        <v>256</v>
+      </c>
+      <c r="C33" t="s">
+        <v>13</v>
+      </c>
+      <c r="D33" t="s">
+        <v>13</v>
+      </c>
+      <c r="E33" t="s">
+        <v>257</v>
+      </c>
+      <c r="F33" t="s">
+        <v>13</v>
+      </c>
+      <c r="G33" t="s">
+        <v>258</v>
+      </c>
+      <c r="H33" t="s">
+        <v>259</v>
+      </c>
+      <c r="I33" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="s">
+        <v>130</v>
+      </c>
+      <c r="B34" t="s">
+        <v>260</v>
+      </c>
+      <c r="C34" t="s">
+        <v>13</v>
+      </c>
+      <c r="D34" t="s">
+        <v>13</v>
+      </c>
+      <c r="E34" t="s">
+        <v>261</v>
+      </c>
+      <c r="F34" t="s">
+        <v>13</v>
+      </c>
+      <c r="G34" t="s">
+        <v>262</v>
+      </c>
+      <c r="H34" t="s">
+        <v>263</v>
+      </c>
+      <c r="I34" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="35">
+      <c r="A35" t="s">
+        <v>130</v>
+      </c>
+      <c r="B35" t="s">
+        <v>264</v>
+      </c>
+      <c r="C35" t="s">
+        <v>13</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+      <c r="E35" t="s">
+        <v>265</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" t="s">
+        <v>266</v>
+      </c>
+      <c r="H35" t="s">
+        <v>267</v>
+      </c>
+      <c r="I35" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" t="s">
+        <v>130</v>
+      </c>
+      <c r="B36" t="s">
+        <v>268</v>
+      </c>
+      <c r="C36" t="s">
+        <v>13</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+      <c r="E36" t="s">
+        <v>269</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" t="s">
+        <v>270</v>
+      </c>
+      <c r="H36" t="s">
+        <v>271</v>
+      </c>
+      <c r="I36" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="37">
+      <c r="A37" t="s">
+        <v>130</v>
+      </c>
+      <c r="B37" t="s">
+        <v>272</v>
+      </c>
+      <c r="C37" t="s">
+        <v>13</v>
+      </c>
+      <c r="D37" t="s">
+        <v>13</v>
+      </c>
+      <c r="E37" t="s">
+        <v>273</v>
+      </c>
+      <c r="F37" t="s">
+        <v>13</v>
+      </c>
+      <c r="G37" t="s">
+        <v>274</v>
+      </c>
+      <c r="H37" t="s">
+        <v>275</v>
+      </c>
+      <c r="I37" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" t="s">
+        <v>130</v>
+      </c>
+      <c r="B38" t="s">
+        <v>276</v>
+      </c>
+      <c r="C38" t="s">
+        <v>13</v>
+      </c>
+      <c r="D38" t="s">
+        <v>13</v>
+      </c>
+      <c r="E38" t="s">
+        <v>277</v>
+      </c>
+      <c r="F38" t="s">
+        <v>13</v>
+      </c>
+      <c r="G38" t="s">
+        <v>278</v>
+      </c>
+      <c r="H38" t="s">
+        <v>279</v>
+      </c>
+      <c r="I38" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="39">
+      <c r="A39" t="s">
+        <v>130</v>
+      </c>
+      <c r="B39" t="s">
+        <v>280</v>
+      </c>
+      <c r="C39" t="s">
+        <v>13</v>
+      </c>
+      <c r="D39" t="s">
+        <v>13</v>
+      </c>
+      <c r="E39" t="s">
+        <v>281</v>
+      </c>
+      <c r="F39" t="s">
+        <v>13</v>
+      </c>
+      <c r="G39" t="s">
+        <v>282</v>
+      </c>
+      <c r="H39" t="s">
+        <v>283</v>
+      </c>
+      <c r="I39" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="40">
+      <c r="A40" t="s">
+        <v>130</v>
+      </c>
+      <c r="B40" t="s">
+        <v>284</v>
+      </c>
+      <c r="C40" t="s">
+        <v>13</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+      <c r="E40" t="s">
+        <v>285</v>
+      </c>
+      <c r="F40" t="s">
+        <v>13</v>
+      </c>
+      <c r="G40" t="s">
+        <v>286</v>
+      </c>
+      <c r="H40" t="s">
+        <v>287</v>
+      </c>
+      <c r="I40" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="41">
+      <c r="A41" t="s">
+        <v>130</v>
+      </c>
+      <c r="B41" t="s">
+        <v>288</v>
+      </c>
+      <c r="C41" t="s">
+        <v>13</v>
+      </c>
+      <c r="D41" t="s">
+        <v>13</v>
+      </c>
+      <c r="E41" t="s">
+        <v>289</v>
+      </c>
+      <c r="F41" t="s">
+        <v>13</v>
+      </c>
+      <c r="G41" t="s">
+        <v>290</v>
+      </c>
+      <c r="H41" t="s">
+        <v>291</v>
+      </c>
+      <c r="I41" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="42">
+      <c r="A42" t="s">
+        <v>130</v>
+      </c>
+      <c r="B42" t="s">
+        <v>292</v>
+      </c>
+      <c r="C42" t="s">
+        <v>13</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+      <c r="E42" t="s">
+        <v>293</v>
+      </c>
+      <c r="F42" t="s">
+        <v>13</v>
+      </c>
+      <c r="G42" t="s">
+        <v>294</v>
+      </c>
+      <c r="H42" t="s">
+        <v>295</v>
+      </c>
+      <c r="I42" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="43">
+      <c r="A43" t="s">
+        <v>130</v>
+      </c>
+      <c r="B43" t="s">
+        <v>296</v>
+      </c>
+      <c r="C43" t="s">
+        <v>13</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+      <c r="E43" t="s">
+        <v>297</v>
+      </c>
+      <c r="F43" t="s">
+        <v>13</v>
+      </c>
+      <c r="G43" t="s">
+        <v>298</v>
+      </c>
+      <c r="H43" t="s">
+        <v>299</v>
+      </c>
+      <c r="I43" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" t="s">
+        <v>130</v>
+      </c>
+      <c r="B44" t="s">
+        <v>300</v>
+      </c>
+      <c r="C44" t="s">
+        <v>13</v>
+      </c>
+      <c r="D44" t="s">
+        <v>13</v>
+      </c>
+      <c r="E44" t="s">
+        <v>301</v>
+      </c>
+      <c r="F44" t="s">
+        <v>13</v>
+      </c>
+      <c r="G44" t="s">
+        <v>302</v>
+      </c>
+      <c r="H44" t="s">
+        <v>303</v>
+      </c>
+      <c r="I44" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" t="s">
+        <v>130</v>
+      </c>
+      <c r="B45" t="s">
+        <v>304</v>
+      </c>
+      <c r="C45" t="s">
+        <v>13</v>
+      </c>
+      <c r="D45" t="s">
+        <v>13</v>
+      </c>
+      <c r="E45" t="s">
+        <v>305</v>
+      </c>
+      <c r="F45" t="s">
+        <v>13</v>
+      </c>
+      <c r="G45" t="s">
+        <v>306</v>
+      </c>
+      <c r="H45" t="s">
+        <v>307</v>
+      </c>
+      <c r="I45" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" t="s">
+        <v>130</v>
+      </c>
+      <c r="B46" t="s">
+        <v>308</v>
+      </c>
+      <c r="C46" t="s">
+        <v>13</v>
+      </c>
+      <c r="D46" t="s">
+        <v>13</v>
+      </c>
+      <c r="E46" t="s">
+        <v>309</v>
+      </c>
+      <c r="F46" t="s">
+        <v>13</v>
+      </c>
+      <c r="G46" t="s">
+        <v>310</v>
+      </c>
+      <c r="H46" t="s">
+        <v>311</v>
+      </c>
+      <c r="I46" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" t="s">
+        <v>130</v>
+      </c>
+      <c r="B47" t="s">
+        <v>312</v>
+      </c>
+      <c r="C47" t="s">
+        <v>13</v>
+      </c>
+      <c r="D47" t="s">
+        <v>13</v>
+      </c>
+      <c r="E47" t="s">
+        <v>313</v>
+      </c>
+      <c r="F47" t="s">
+        <v>13</v>
+      </c>
+      <c r="G47" t="s">
+        <v>314</v>
+      </c>
+      <c r="H47" t="s">
+        <v>315</v>
+      </c>
+      <c r="I47" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="48">
+      <c r="A48" t="s">
+        <v>130</v>
+      </c>
+      <c r="B48" t="s">
+        <v>316</v>
+      </c>
+      <c r="C48" t="s">
+        <v>13</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+      <c r="E48" t="s">
+        <v>317</v>
+      </c>
+      <c r="F48" t="s">
+        <v>13</v>
+      </c>
+      <c r="G48" t="s">
+        <v>318</v>
+      </c>
+      <c r="H48" t="s">
+        <v>319</v>
+      </c>
+      <c r="I48" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" t="s">
+        <v>130</v>
+      </c>
+      <c r="B49" t="s">
+        <v>320</v>
+      </c>
+      <c r="C49" t="s">
+        <v>13</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+      <c r="E49" t="s">
+        <v>321</v>
+      </c>
+      <c r="F49" t="s">
+        <v>13</v>
+      </c>
+      <c r="G49" t="s">
+        <v>322</v>
+      </c>
+      <c r="H49" t="s">
+        <v>323</v>
+      </c>
+      <c r="I49" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" t="s">
+        <v>130</v>
+      </c>
+      <c r="B50" t="s">
+        <v>324</v>
+      </c>
+      <c r="C50" t="s">
+        <v>13</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+      <c r="E50" t="s">
+        <v>325</v>
+      </c>
+      <c r="F50" t="s">
+        <v>13</v>
+      </c>
+      <c r="G50" t="s">
+        <v>326</v>
+      </c>
+      <c r="H50" t="s">
+        <v>327</v>
+      </c>
+      <c r="I50" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" t="s">
+        <v>130</v>
+      </c>
+      <c r="B51" t="s">
+        <v>328</v>
+      </c>
+      <c r="C51" t="s">
+        <v>13</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+      <c r="E51" t="s">
+        <v>329</v>
+      </c>
+      <c r="F51" t="s">
+        <v>13</v>
+      </c>
+      <c r="G51" t="s">
+        <v>330</v>
+      </c>
+      <c r="H51" t="s">
+        <v>331</v>
+      </c>
+      <c r="I51" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" t="s">
+        <v>130</v>
+      </c>
+      <c r="B52" t="s">
+        <v>332</v>
+      </c>
+      <c r="C52" t="s">
+        <v>13</v>
+      </c>
+      <c r="D52" t="s">
+        <v>13</v>
+      </c>
+      <c r="E52" t="s">
+        <v>333</v>
+      </c>
+      <c r="F52" t="s">
+        <v>13</v>
+      </c>
+      <c r="G52" t="s">
+        <v>334</v>
+      </c>
+      <c r="H52" t="s">
+        <v>335</v>
+      </c>
+      <c r="I52" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" t="s">
+        <v>130</v>
+      </c>
+      <c r="B53" t="s">
+        <v>336</v>
+      </c>
+      <c r="C53" t="s">
+        <v>13</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+      <c r="E53" t="s">
+        <v>337</v>
+      </c>
+      <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" t="s">
+        <v>338</v>
+      </c>
+      <c r="H53" t="s">
+        <v>339</v>
+      </c>
+      <c r="I53" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" t="s">
+        <v>130</v>
+      </c>
+      <c r="B54" t="s">
+        <v>340</v>
+      </c>
+      <c r="C54" t="s">
+        <v>13</v>
+      </c>
+      <c r="D54" t="s">
+        <v>13</v>
+      </c>
+      <c r="E54" t="s">
+        <v>341</v>
+      </c>
+      <c r="F54" t="s">
+        <v>13</v>
+      </c>
+      <c r="G54" t="s">
+        <v>342</v>
+      </c>
+      <c r="H54" t="s">
+        <v>343</v>
+      </c>
+      <c r="I54" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" t="s">
+        <v>130</v>
+      </c>
+      <c r="B55" t="s">
+        <v>344</v>
+      </c>
+      <c r="C55" t="s">
+        <v>13</v>
+      </c>
+      <c r="D55" t="s">
+        <v>13</v>
+      </c>
+      <c r="E55" t="s">
+        <v>345</v>
+      </c>
+      <c r="F55" t="s">
+        <v>13</v>
+      </c>
+      <c r="G55" t="s">
+        <v>346</v>
+      </c>
+      <c r="H55" t="s">
+        <v>347</v>
+      </c>
+      <c r="I55" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" t="s">
+        <v>130</v>
+      </c>
+      <c r="B56" t="s">
+        <v>348</v>
+      </c>
+      <c r="C56" t="s">
+        <v>13</v>
+      </c>
+      <c r="D56" t="s">
+        <v>13</v>
+      </c>
+      <c r="E56" t="s">
+        <v>349</v>
+      </c>
+      <c r="F56" t="s">
+        <v>13</v>
+      </c>
+      <c r="G56" t="s">
+        <v>350</v>
+      </c>
+      <c r="H56" t="s">
+        <v>351</v>
+      </c>
+      <c r="I56" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" t="s">
+        <v>130</v>
+      </c>
+      <c r="B57" t="s">
+        <v>352</v>
+      </c>
+      <c r="C57" t="s">
+        <v>13</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+      <c r="E57" t="s">
+        <v>353</v>
+      </c>
+      <c r="F57" t="s">
+        <v>13</v>
+      </c>
+      <c r="G57" t="s">
+        <v>354</v>
+      </c>
+      <c r="H57" t="s">
+        <v>355</v>
+      </c>
+      <c r="I57" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" t="s">
+        <v>130</v>
+      </c>
+      <c r="B58" t="s">
+        <v>356</v>
+      </c>
+      <c r="C58" t="s">
+        <v>13</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+      <c r="E58" t="s">
+        <v>357</v>
+      </c>
+      <c r="F58" t="s">
+        <v>13</v>
+      </c>
+      <c r="G58" t="s">
+        <v>358</v>
+      </c>
+      <c r="H58" t="s">
+        <v>359</v>
+      </c>
+      <c r="I58" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" t="s">
+        <v>130</v>
+      </c>
+      <c r="B59" t="s">
+        <v>360</v>
+      </c>
+      <c r="C59" t="s">
+        <v>13</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+      <c r="E59" t="s">
+        <v>361</v>
+      </c>
+      <c r="F59" t="s">
+        <v>13</v>
+      </c>
+      <c r="G59" t="s">
+        <v>362</v>
+      </c>
+      <c r="H59" t="s">
+        <v>363</v>
+      </c>
+      <c r="I59" t="s">
+        <v>135</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H4"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>16</v>
+        <v>364</v>
       </c>
       <c r="B2" t="s">
-        <v>17</v>
+        <v>365</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>366</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>367</v>
       </c>
       <c r="E2" t="s">
-        <v>18</v>
+        <v>368</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>19</v>
+        <v>369</v>
       </c>
       <c r="H2" t="s">
-        <v>20</v>
+        <v>370</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>16</v>
+        <v>364</v>
       </c>
       <c r="B3" t="s">
-        <v>21</v>
+        <v>371</v>
       </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>372</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>373</v>
       </c>
       <c r="E3" t="s">
-        <v>18</v>
+        <v>374</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>22</v>
+        <v>375</v>
       </c>
       <c r="H3" t="s">
-        <v>23</v>
+        <v>376</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>16</v>
+        <v>364</v>
       </c>
       <c r="B4" t="s">
-        <v>24</v>
+        <v>377</v>
       </c>
       <c r="C4" t="s">
-        <v>25</v>
+        <v>378</v>
       </c>
       <c r="D4" t="s">
-        <v>26</v>
+        <v>379</v>
       </c>
       <c r="E4" t="s">
-        <v>27</v>
+        <v>380</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>28</v>
+        <v>381</v>
       </c>
       <c r="H4" t="s">
-        <v>29</v>
+        <v>382</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:AQ2"/>
+  <dimension ref="A1:AQ7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>30</v>
+        <v>383</v>
       </c>
       <c r="J1" t="s">
-        <v>31</v>
+        <v>384</v>
       </c>
       <c r="K1" t="s">
-        <v>32</v>
+        <v>385</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>33</v>
+        <v>386</v>
       </c>
       <c r="B2" t="s">
-        <v>34</v>
+        <v>387</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>35</v>
+        <v>388</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>36</v>
+        <v>389</v>
       </c>
       <c r="H2" t="s">
-        <v>37</v>
+        <v>390</v>
       </c>
       <c r="I2" t="s">
-        <v>38</v>
+        <v>391</v>
       </c>
       <c r="J2" t="s">
-        <v>39</v>
+        <v>392</v>
       </c>
       <c r="K2" t="s">
-        <v>40</v>
+        <v>393</v>
       </c>
       <c r="L2" t="s">
-        <v>41</v>
+        <v>394</v>
       </c>
       <c r="M2" t="s">
-        <v>42</v>
+        <v>395</v>
       </c>
       <c r="N2" t="s">
-        <v>43</v>
+        <v>396</v>
       </c>
       <c r="O2" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
       <c r="P2" t="s">
-        <v>45</v>
+        <v>398</v>
       </c>
       <c r="Q2" t="s">
-        <v>46</v>
+        <v>399</v>
       </c>
       <c r="R2" t="s">
-        <v>47</v>
+        <v>400</v>
       </c>
       <c r="S2" t="s">
-        <v>48</v>
+        <v>401</v>
       </c>
       <c r="T2" t="s">
-        <v>49</v>
+        <v>402</v>
       </c>
       <c r="U2" t="s">
-        <v>50</v>
+        <v>403</v>
       </c>
       <c r="V2" t="s">
-        <v>51</v>
+        <v>404</v>
       </c>
       <c r="W2" t="s">
-        <v>52</v>
+        <v>405</v>
       </c>
       <c r="X2" t="s">
-        <v>53</v>
+        <v>406</v>
       </c>
       <c r="Y2" t="s">
-        <v>54</v>
+        <v>407</v>
       </c>
       <c r="Z2" t="s">
-        <v>55</v>
+        <v>408</v>
       </c>
       <c r="AA2" t="s">
-        <v>56</v>
+        <v>409</v>
       </c>
       <c r="AB2" t="s">
-        <v>57</v>
+        <v>410</v>
       </c>
       <c r="AC2" t="s">
-        <v>58</v>
+        <v>411</v>
       </c>
       <c r="AD2" t="s">
-        <v>59</v>
+        <v>412</v>
       </c>
       <c r="AE2" t="s">
-        <v>60</v>
+        <v>413</v>
       </c>
       <c r="AF2" t="s">
-        <v>61</v>
+        <v>414</v>
       </c>
       <c r="AG2" t="s">
-        <v>62</v>
+        <v>415</v>
       </c>
       <c r="AH2" t="s">
-        <v>63</v>
+        <v>416</v>
       </c>
       <c r="AI2" t="s">
-        <v>64</v>
+        <v>417</v>
       </c>
       <c r="AJ2" t="s">
-        <v>65</v>
+        <v>418</v>
       </c>
       <c r="AK2" t="s">
-        <v>66</v>
+        <v>419</v>
       </c>
       <c r="AL2" t="s">
-        <v>67</v>
+        <v>420</v>
       </c>
       <c r="AM2" t="s">
-        <v>68</v>
+        <v>421</v>
       </c>
       <c r="AN2" t="s">
-        <v>69</v>
+        <v>422</v>
       </c>
       <c r="AO2" t="s">
-        <v>70</v>
+        <v>423</v>
       </c>
       <c r="AP2" t="s">
-        <v>71</v>
+        <v>424</v>
       </c>
       <c r="AQ2" t="s">
-        <v>72</v>
+        <v>425</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>386</v>
+      </c>
+      <c r="B3" t="s">
+        <v>426</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>427</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>428</v>
+      </c>
+      <c r="H3" t="s">
+        <v>429</v>
+      </c>
+      <c r="I3" t="s">
+        <v>391</v>
+      </c>
+      <c r="J3" t="s">
+        <v>430</v>
+      </c>
+      <c r="K3" t="s">
+        <v>431</v>
+      </c>
+      <c r="L3" t="s">
+        <v>432</v>
+      </c>
+      <c r="M3" t="s">
+        <v>433</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>386</v>
+      </c>
+      <c r="B4" t="s">
+        <v>434</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>435</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>436</v>
+      </c>
+      <c r="H4" t="s">
+        <v>437</v>
+      </c>
+      <c r="I4" t="s">
+        <v>391</v>
+      </c>
+      <c r="J4" t="s">
+        <v>438</v>
+      </c>
+      <c r="K4" t="s">
+        <v>439</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>386</v>
+      </c>
+      <c r="B5" t="s">
+        <v>440</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>441</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>442</v>
+      </c>
+      <c r="H5" t="s">
+        <v>443</v>
+      </c>
+      <c r="I5" t="s">
+        <v>391</v>
+      </c>
+      <c r="J5" t="s">
+        <v>444</v>
+      </c>
+      <c r="K5" t="s">
+        <v>445</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>386</v>
+      </c>
+      <c r="B6" t="s">
+        <v>446</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>447</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>448</v>
+      </c>
+      <c r="H6" t="s">
+        <v>449</v>
+      </c>
+      <c r="I6" t="s">
+        <v>391</v>
+      </c>
+      <c r="J6" t="s">
+        <v>450</v>
+      </c>
+      <c r="K6" t="s">
+        <v>451</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>386</v>
+      </c>
+      <c r="B7" t="s">
+        <v>452</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>453</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>454</v>
+      </c>
+      <c r="H7" t="s">
+        <v>455</v>
+      </c>
+      <c r="I7" t="s">
+        <v>391</v>
+      </c>
+      <c r="J7" t="s">
+        <v>456</v>
+      </c>
+      <c r="K7" t="s">
+        <v>457</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>