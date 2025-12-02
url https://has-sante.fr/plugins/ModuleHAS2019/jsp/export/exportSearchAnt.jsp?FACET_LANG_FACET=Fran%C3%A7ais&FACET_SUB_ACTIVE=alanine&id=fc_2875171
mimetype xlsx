--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -1,340 +1,1111 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="327">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Public Health guideline</t>
-[...2 lines deleted...]
-    <t>Newborn screening for spinal muscular atrophy_Advance assessment of extension of screening to the general population in France</t>
+    <t>Recommandation en santé publique</t>
+  </si>
+  <si>
+    <t>Dépistage de l’amyotrophie spinale : Évaluation a priori de l’extension du dépistage néonatal à l’amyotrophie spinale en population générale en France</t>
   </si>
   <si>
     <t>Le dépistage néonatal (DNN) est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’objectif est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants. En France, ce dépistage fait l’objet d’un programme national.</t>
   </si>
   <si>
-    <t>07/10/2024 00:00:00</t>
-[...2 lines deleted...]
-    <t>07/10/2024 16:07:00</t>
+    <t>10/07/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>10/07/2024 16:07:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3451353/en/newborn-screening-for-spinal-muscular-atrophy-advance-assessment-of-extension-of-screening-to-the-general-population-in-france</t>
+    <t>https://www.has-sante.fr/jcms/p_3451353/fr/depistage-de-l-amyotrophie-spinale-evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-l-amyotrophie-spinale-en-population-generale-en-france</t>
   </si>
   <si>
     <t>p_3451353</t>
   </si>
   <si>
-    <t>Inborn errors of metabolism : assessment of expanded newborn screening using tandem mass spectrometry in France (part 2)</t>
+    <t>Dépistage néonatal :  Réévaluation de l’opportunité  d’intégrer cinq erreurs innées du métabolisme au  programme de DNN</t>
+  </si>
+  <si>
+    <t>La HAS recommande d’élargir au déficit en VLCAD le DNN en population générale en France. Ce dépistage implique nécessairement l’utilisation de la technologie de MS/MS.</t>
+  </si>
+  <si>
+    <t>08/02/2024 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2024 13:45:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3426280/fr/depistage-neonatal-reevaluation-de-l-opportunite-d-integrer-cinq-erreurs-innees-du-metabolisme-au-programme-de-dnn</t>
+  </si>
+  <si>
+    <t>p_3426280</t>
+  </si>
+  <si>
+    <t>Évaluation a priori de l’extension du dépistage néonatal à une ou plusieurs erreurs innées du métabolisme par spectrométrie de masse en tandem. Volet 2</t>
   </si>
   <si>
     <t>Le dépistage néonatal est une intervention de santé publique visant à détecter dès la naissance certaines maladies rares mais graves. L’enjeu est de mettre en œuvre, avant l’apparition de symptômes, des mesures appropriées afin d’éviter ou de limiter les conséquences négatives de ces maladies sur la santé des enfants.</t>
   </si>
   <si>
-    <t>01/22/2020 00:00:00</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2866458/en/inborn-errors-of-metabolism-assessment-of-expanded-newborn-screening-using-tandem-mass-spectrometry-in-france-part-2</t>
+    <t>22/01/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>03/02/2020 10:20:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2866458/fr/evaluation-a-priori-de-l-extension-du-depistage-neonatal-a-une-ou-plusieurs-erreurs-innees-du-metabolisme-par-spectrometrie-de-masse-en-tandem-volet-2</t>
   </si>
   <si>
     <t>c_2866458</t>
   </si>
   <si>
-    <t>Practice guidelines</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_953959/en/autism-and-other-pdds-coordinated-education-and-treatment-interventions-in-children-and-adolescents</t>
+    <t>Évaluation des stratégies de dépistage des personnes infectées par le  virus de l’hépatite C (VHC)</t>
+  </si>
+  <si>
+    <t>La HAS est d’avis que l’efficience de la stratégie universelle par rapport au dépistage ciblant les personnes les plus à risque d’exposition au VHC n’est pas démontrée; une intensification du dépistage de la population ciblée pourrait être envisagée pour augmenter le diagnostic des personnes infectées.</t>
+  </si>
+  <si>
+    <t>18/09/2019 00:00:00</t>
+  </si>
+  <si>
+    <t>25/09/2019 14:03:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2886668/fr/evaluation-des-strategies-de-depistage-des-personnes-infectees-par-le-virus-de-l-hepatite-c-vhc</t>
+  </si>
+  <si>
+    <t>c_2886668</t>
+  </si>
+  <si>
+    <t>Prévention et dépistage du diabète de type 2 et des maladies liées au diabète</t>
+  </si>
+  <si>
+    <t>La HAS a été chargée par la CNAMTS d’actualiser le Référentiel de pratiques de l’examen périodique de santé des Centres d’Examen de Santé de l’Assurance Maladie sur la prévention et le dépistage du diabète de type 2 et des maladies liées au diabète à partir des données de la littérature issues principalement des recommandations françaises. Ce référentiel est proposé dans un format cliquable, outil de navigation interactive, qui peut être lu selon les besoins de manière synthétique (Minisynthèses, Algorithmes) ou plus détaillée en cliquant dans le document.</t>
+  </si>
+  <si>
+    <t>21/05/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>13/02/2015 12:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2012494/fr/prevention-et-depistage-du-diabete-de-type-2-et-des-maladies-liees-au-diabete</t>
+  </si>
+  <si>
+    <t>c_2012494</t>
+  </si>
+  <si>
+    <t>Stratégies de dépistage biologique des hépatites virales B et C</t>
+  </si>
+  <si>
+    <t>Recommander la meilleure stratégie de tests biologiques pour le dépistage de l’hépatite B et de l’hépatite C permettant de déterminer le statut immunitaire de la personne à risque par rapport à l’infection par les virus VHB ou VHC et de proposer la bonne prise en charge médicale suite à l’annonce du résultat du dépistage.</t>
+  </si>
+  <si>
+    <t>01/03/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2012 11:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1050355/fr/strategies-de-depistage-biologique-des-hepatites-virales-b-et-c</t>
+  </si>
+  <si>
+    <t>c_1050355</t>
+  </si>
+  <si>
+    <t>Évaluation de l’intérêt du dépistage de l'infection à cytomégalovirus chez  la femme enceinte en France</t>
+  </si>
+  <si>
+    <t>Une infection à CMV chez la femme enceinte peut entraîner une infection fœtale, qui peut être symptomatique ou non chez le nouveau-né et entraîner ou non des séquelles. Ce rapport, en partant des critères OMS pour évaluer l’intérêt d’un dépistage, fait le point sur l’histoire de la maladie et son épidémiologie, sur les tests de détection, les interventions possibles, les modalités de mise en œuvre d’un éventuel dépistage et les données économiques. Il conclut que le dépistage systématique de l’infection à CMV pendant la grossesse n’est pas justifié, mais qu’une information concernant les mesures d’hygiène universelle doit être donnée aux femmes enceintes.</t>
+  </si>
+  <si>
+    <t>01/09/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/09/2004 17:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
+  </si>
+  <si>
+    <t>c_272378</t>
+  </si>
+  <si>
+    <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
+  </si>
+  <si>
+    <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
+  </si>
+  <si>
+    <t>01/04/2004 00:00:00</t>
+  </si>
+  <si>
+    <t>01/04/2004 14:09:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
+  </si>
+  <si>
+    <t>c_464134</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
+  </si>
+  <si>
+    <t>p_3563444</t>
+  </si>
+  <si>
+    <t>Atrésie des voies biliaires</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2024 14:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3563488/fr/atresie-des-voies-biliaires</t>
+  </si>
+  <si>
+    <t>p_3563488</t>
+  </si>
+  <si>
+    <t>Hémophilie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d’hémophilie (ALD 11 : hémophilie et affections de l’hémostase graves). Il a été élaboré par le centre de référence constitutif des déficits immunitaires héréditaires à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/06/2023 14:37:11</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3447771/fr/hemophilie</t>
+  </si>
+  <si>
+    <t>p_3447771</t>
+  </si>
+  <si>
+    <t>Hyperoxalurie</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d'Hyperoxalurie. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>23/03/2023 10:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3403890/fr/hyperoxalurie</t>
+  </si>
+  <si>
+    <t>p_3403890</t>
+  </si>
+  <si>
+    <t>Epilepsies néonatales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’épilepsie néonatale sévère, et en particulier d’Encéphalopathie Développementale avec Épilepsie débutant pendant la période néonatale (EDEIP). Il a été élaboré par le Centre de Référence Epilepsies Rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>12/12/2022 17:27:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3390314/fr/epilepsies-neonatales</t>
+  </si>
+  <si>
+    <t>p_3390314</t>
+  </si>
+  <si>
+    <t>Cholangite Sclérosante Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite sclérosante primitive (CSP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3392249/fr/cholangite-sclerosante-primitive</t>
+  </si>
+  <si>
+    <t>p_3392249</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire oculopharyngée</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire oculopharyngée. Il a été élaboré par le Centre de référence des maladies neuromusculaires Atlantique Occitanie Caraïbes (AOC) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>10/10/2022 17:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374041/fr/dystrophie-musculaire-oculopharyngee</t>
+  </si>
+  <si>
+    <t>p_3374041</t>
+  </si>
+  <si>
+    <t>Schizophrénie à début précoce</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de schizophrénie à début précoce (critères diagnostiques de schizophrénie et début des symptômes psychotiques avant le 15ième anniversaire). Il a été élaboré par le Centre de Référence des maladies rares à Expression Psychiatrique à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3374374/fr/schizophrenie-a-debut-precoce</t>
+  </si>
+  <si>
+    <t>p_3374374</t>
+  </si>
+  <si>
+    <t>Purpura thrombotique thrombocytopénique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient d’un patient atteint de PTT, dans sa forme autoimmune ou congénitale, et en contexte obstétrical. Il a été élaboré par le Centre de référence des microangiopathies thrombotiques (CNR-MAT) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>07/10/2022 11:12:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3375723/fr/purpura-thrombotique-thrombocytopenique</t>
+  </si>
+  <si>
+    <t>p_3375723</t>
+  </si>
+  <si>
+    <t>Maladie de Kawasaki</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de maladie de Kawasaki. Il a été élaboré par le Centre de Référence des Maladies Auto-inflammatoires et de l’Amylose inflammatoire CeRéMAIA Sous l’égide de la Filière des maladies auto-immunes et auto-inflammatoires rares FAI2R à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>09/09/2022 08:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3363015/fr/maladie-de-kawasaki</t>
+  </si>
+  <si>
+    <t>p_3363015</t>
+  </si>
+  <si>
+    <t>Maladies mitochondriales apparentées au MELAS</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une maladie mitochondriale apparentée au syndrome MELAS. Il a été élaboré par les Centres de Référence pour les maladies mitochondriales de l’enfant et de l’adulte CALISSON et CARAMMEL à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>27/12/2021 21:44:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3289848/fr/maladies-mitochondriales-apparentees-au-melas</t>
+  </si>
+  <si>
+    <t>p_3289848</t>
+  </si>
+  <si>
+    <t>Cholangite Biliaire Primitive</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’une cholangite biliaire primitive (CBP). Il a été élaboré par le Centre de référence coordonnateur des maladies inflammatoires des voies biliaires et hépatites autoimmunes à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>02/12/2021 09:46:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3300344/fr/cholangite-biliaire-primitive</t>
+  </si>
+  <si>
+    <t>p_3300344</t>
+  </si>
+  <si>
+    <t>Lithiase urinaire de l’enfant</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient pédiatrique présentant des lithiases rénales ou des voies urinaires. Il a été élaboré par le Centre de Référence des Maladies Rénales rares Sous l’égide de la filière ORKiD à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/11/2021 12:50:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3296532/fr/lithiase-urinaire-de-l-enfant</t>
+  </si>
+  <si>
+    <t>p_3296532</t>
+  </si>
+  <si>
+    <t>Hypocholestérolémies génétiques intestinales</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins des patients atteints d’une hypocholestérolémie génétique intestinale. Il a été élaboré par le centre de référence des maladies rares digestives à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>20/10/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3272490/fr/hypocholesterolemies-genetiques-intestinales</t>
+  </si>
+  <si>
+    <t>p_3272490</t>
+  </si>
+  <si>
+    <t>Fibrose pulmonaire idiopathique</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de Fibrose pulmonaire idiopathique. Il a été élaboré par le centre de référence des Maladies pulmonaires rares à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>28/07/2021 11:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3278607/fr/fibrose-pulmonaire-idiopathique</t>
+  </si>
+  <si>
+    <t>p_3278607</t>
+  </si>
+  <si>
+    <t>Leucinose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de leucinose (MSUD) par déficit en déshydrogénase des acides aminés ramifiés (BCKDH). Il a été élaboré par la Filière Santé Maladies Rares G2M / Maladies Héréditaires du Métabolisme à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>03/05/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>03/05/2021 16:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3264498/fr/leucinose</t>
+  </si>
+  <si>
+    <t>p_3264498</t>
+  </si>
+  <si>
+    <t>Hyperinsulinisme congénital</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint d'Hyperinsulinisme congénital. Il a été élaboré par les Filières de Santé Maladies Rares G2M et Firendo à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>19/10/2020 17:41:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3198985/fr/hyperinsulinisme-congenital</t>
+  </si>
+  <si>
+    <t>p_3198985</t>
+  </si>
+  <si>
+    <t>Dystrophie musculaire de Becker</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d'un patient atteint de dystrophie musculaire de Becker.</t>
+  </si>
+  <si>
+    <t>28/01/2020 16:53:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3121203/fr/dystrophie-musculaire-de-becker</t>
+  </si>
+  <si>
+    <t>p_3121203</t>
+  </si>
+  <si>
+    <t>Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de diagnostic et de soins (PNDS) est d’expliciter, pour les professionnels de la santé, la prise en charge optimale et le parcours de soins d’un malade atteint de Syndromes périodiques associés à la cryopyrine (CAPS)</t>
+  </si>
+  <si>
+    <t>27/05/2013 18:13:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1545731/fr/syndromes-periodiques-associes-a-la-cryopyrine-caps</t>
+  </si>
+  <si>
+    <t>c_1545731</t>
+  </si>
+  <si>
+    <t>ALD n° 2 - Aplasies médullaires</t>
+  </si>
+  <si>
+    <t>L’objectif de ce protocole national de soins (PNDS) est d’expliciter pour les professionnels de santé la prise en charge optimale actuelle et le parcours de soins d’un patient atteint d’aplasie médullaire (AM) en ALD au titre de l’ALD 2.# Ce PNDS est un outil pratique auquel le médecin traitant, en concertation avec le médecin spécialiste, peut se référer, pour la prise en charge de la maladie considérée, notamment au moment d’établir le protocole de soins conjointement avec le médecin-conseil et le patient.</t>
+  </si>
+  <si>
+    <t>11/02/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>23/04/2009 16:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
+  </si>
+  <si>
+    <t>c_778579</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
+  </si>
+  <si>
+    <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
+  </si>
+  <si>
+    <t>08/10/2019 11:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
+  </si>
+  <si>
+    <t>c_2911891</t>
+  </si>
+  <si>
+    <t>Autisme et autres troubles envahissants du développement : interventions éducatives et thérapeutiques coordonnées chez l’enfant et l’adolescent</t>
+  </si>
+  <si>
+    <t>Cette recommandation a pour objectif principal l’amélioration des pratiques des équipes amenées à mettre en œuvre les interventions auprès des enfants/adolescents avec TED, en particulier de mieux évaluer les besoins et ressources individuels de l’enfant et de sa famille, dans chacun des domaines de fonctionnement et de participation habituellement touchés par les répercussions des TED en vue de proposer un projet personnalisé d’interventions coordonnées considérées pertinentes pour répondre à ces besoins. Cette recommandation vise à répondre aux questions suivantes : - Quels sont les domaines du fonctionnement et de la participation de l’enfant ou de l’adolescent dans lesquels une évaluation régulière de son développement est nécessaire pour appréhender au mieux ses besoins et ses ressources ? - Quelles interventions proposer en fonction des besoins repérés dans chacun des domaines identifiés ? - Comment assurer l’organisation optimale des interventions et du parcours de l’enfant ou de l’adolescent ? Ces recommandations sont également disponibles sur le site www.anesm.sante.gouv.fr, au format des recommandations de l'Anesm.</t>
+  </si>
+  <si>
+    <t>07/03/2012 00:00:00</t>
+  </si>
+  <si>
+    <t>08/03/2012 16:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_953959/fr/autisme-et-autres-troubles-envahissants-du-developpement-interventions-educatives-et-therapeutiques-coordonnees-chez-l-enfant-et-l-adolescent</t>
   </si>
   <si>
     <t>c_953959</t>
   </si>
   <si>
-    <t>Assessment of screening for cytomegalovirus (CMV) infection in pregnant women in France</t>
-[...29 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_476486/en/diagnosis-of-uncomplicated-cirrhosis</t>
+    <t>Situations pathologiques pouvant relever de l'hospitalisation à domicile au cours de l'ante et du post-partum</t>
+  </si>
+  <si>
+    <t>L’objectif de ce travail est d’optimiser la prise en charge de la femme et de son enfant dans le cadre d’une hospitalisation à domicile (HAD).</t>
+  </si>
+  <si>
+    <t>01/04/2011 00:00:00</t>
+  </si>
+  <si>
+    <t>30/06/2011 16:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1066375/fr/situations-pathologiques-pouvant-relever-de-l-hospitalisation-a-domicile-au-cours-de-l-ante-et-du-post-partum</t>
+  </si>
+  <si>
+    <t>c_1066375</t>
+  </si>
+  <si>
+    <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
+  </si>
+  <si>
+    <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
+  </si>
+  <si>
+    <t>15/11/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>30/12/2009 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_629812/fr/suivi-ambulatoire-de-l-adulte-transplante-renal-au-dela-de-3-mois-apres-transplantation</t>
+  </si>
+  <si>
+    <t>c_629812</t>
+  </si>
+  <si>
+    <t>Critères diagnostiques et bilan initial de la cirrhose non compliquée</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif d'améliorer le diagnostic de la cirrhose non compliquée, afin d’en traiter la cause et les éventuelles comorbidités, et de prévenir ses complications.</t>
+  </si>
+  <si>
+    <t>19/12/2008 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2009 16:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_476486/fr/criteres-diagnostiques-et-bilan-initial-de-la-cirrhose-non-compliquee</t>
   </si>
   <si>
     <t>c_476486</t>
   </si>
   <si>
-    <t>Clinical and economic assessment of screening for HFE1 haemochromatosis in 2004</t>
-[...26 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_432802/en/management-of-patients-with-hfe-related-haemochromatosis-type-1-haemochromatosis</t>
+    <t>Prise en charge de l'hémochromatose liée au gène HFE (hémochromatose de type 1)</t>
+  </si>
+  <si>
+    <t>Les questions abordées dans les recommandations professionnelles sont les suivantes :# 1. Évaluation initiale et traitement de la surcharge martiale# 2. Modalités de détection des complications - Suivi du patient# 3. Modalités de prise en charge de la famille - Conseil génétique# 4. Critères d’éligibilité et modalités de prise en charge à domicile#</t>
+  </si>
+  <si>
+    <t>01/07/2005 00:00:00</t>
+  </si>
+  <si>
+    <t>01/07/2005 20:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_432802/fr/prise-en-charge-de-l-hemochromatose-liee-au-gene-hfe-hemochromatose-de-type-1</t>
   </si>
   <si>
     <t>c_432802</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...14 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2657506/en/assessment-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-follow-up-of-hepatitis-e-inahta-brief</t>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Séquençage haut débit ciblant un panel de gènes dans la prise en charge médicale des aminoacidopathies les plus fréquentes - rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>Evaluer l’intérêt et la place du séquençage au débit (NGS) au sein de la stratégie diagnostique des aminoacidopathies suivantes : phénylcétonurie, troubles du cycle de l’urée, leucinose, tyrosinémie de type 1 et homocystinurie par déficit en CBS, chez les adultes et les enfants suspectés d’être atteints ou à défaut déjà atteints de l’une de ces aminoacidopathies</t>
+  </si>
+  <si>
+    <t>17/07/2025 00:00:00</t>
+  </si>
+  <si>
+    <t>29/07/2025 17:07:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3639045/fr/sequencage-haut-debit-ciblant-un-panel-de-genes-dans-la-prise-en-charge-medicale-des-aminoacidopathies-les-plus-frequentes-rapport-d-evaluation</t>
+  </si>
+  <si>
+    <t>p_3639045</t>
+  </si>
+  <si>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et au suivi de l’hépatite E</t>
+  </si>
+  <si>
+    <t>Évaluation des actes relatifs au diagnostic et au suivi de l’hépatite E virale (VHE) : recherche de l’ARN viral par amplification génique (RT-PCR) dans le sang et les selles, recherche des anticorps spécifiques (IgM, IgG) par une technique immunoenzymatique (EIA), en vue de l’actualisation de la Nomenclature des actes de biologie médicale (NABM).</t>
+  </si>
+  <si>
+    <t>19/07/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>25/07/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2657506/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-au-suivi-de-l-hepatite-e</t>
   </si>
   <si>
     <t>c_2657506</t>
   </si>
   <si>
-    <t>Update of laboratory medicine procedures related to the diagnosis and management of hepatitis B, C and D - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2653624/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-and-management-of-hepatitis-b-c-and-d-inahta-brief</t>
+    <t>Actualisation des actes de biologie médicale relatifs au diagnostic et à la prise en charge des hépatites B, C et D</t>
+  </si>
+  <si>
+    <t>11/01/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>16/01/2017 14:30:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2653624/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-et-a-la-prise-en-charge-des-hepatites-b-c-et-d</t>
   </si>
   <si>
     <t>c_2653624</t>
   </si>
   <si>
-    <t>Stereotactic Radiation Therapy for Liver Tumours - INAHTA Brief</t>
+    <t>Radiothérapie en conditions stéréotaxiques des tumeurs hépatiques - Rapport d'évaluation technologique</t>
   </si>
   <si>
     <t>The purpose of this report was to analyse the efficacy and safety data of Stereotactic Body Radiation Therapy (SBRT) in patients with inoperable primary (hepatocellular carcinoma (HCC) and metastatic liver tumours (LM), to define the indications and the place of SBRT in the therapeutic strategy with the aim of its inclusion in the CCAM (French National list of reimbursement)</t>
   </si>
   <si>
-    <t>09/28/2016 00:00:00</t>
+    <t>28/09/2016 00:00:00</t>
   </si>
   <si>
     <t>10/10/2016 11:26:00</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2565031/en/stereotactic-radiation-therapy-for-liver-tumours-inahta-brief</t>
+    <t>https://www.has-sante.fr/jcms/c_2565031/fr/radiotherapie-en-conditions-stereotaxiques-des-tumeurs-hepatiques-rapport-d-evaluation-technologique</t>
   </si>
   <si>
     <t>c_2565031</t>
   </si>
   <si>
-    <t>Assessment of non-invasive methods for measuring liver fibrosis in chronic hepatitis B. Initial assessment and follow-up of non-treated adult patients - INAHTA Brief</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_1627010/en/assessment-of-non-invasive-methods-for-measuring-liver-fibrosis-in-chronic-hepatitis-b-initial-assessment-and-follow-up-of-non-treated-adult-patients-inahta-brief</t>
+    <t>Évaluation des méthodes non invasives de mesure de la fibrose hépatique dans l’hépatite B chronique - Rapport d'évaluation</t>
+  </si>
+  <si>
+    <t>L’objectif principal de ce rapport d'évaluation est de déterminer l’utilité clinique des méthodes non invasives de mesure de la fibrose dans le cadre du bilan initial et du suivi de l’hépatite B chronique chez l’adulte non traité. En l’absence d’une démonstration suffisante de cette utilité clinique, les performances diagnostiques de ces méthodes non invasives seront recherchées, par comparaison à la ponction biopsie hépatique.</t>
+  </si>
+  <si>
+    <t>19/06/2014 00:00:00</t>
+  </si>
+  <si>
+    <t>19/06/2014 17:29:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1627010/fr/evaluation-des-methodes-non-invasives-de-mesure-de-la-fibrose-hepatique-dans-l-hepatite-b-chronique-rapport-d-evaluation</t>
   </si>
   <si>
     <t>c_1627010</t>
+  </si>
+  <si>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 avril 2022</t>
+  </si>
+  <si>
+    <t>13/04/2022 16:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3331579/fr/commission-de-la-transparence-reunion-du-20-avril-2022</t>
+  </si>
+  <si>
+    <t>p_3331579</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la Transparence - Réunion à distance du 24 mars 2021</t>
+  </si>
+  <si>
+    <t>17/03/2021 12:25:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3243755/fr/commission-de-la-transparence-reunion-a-distance-du-24-mars-2021</t>
+  </si>
+  <si>
+    <t>p_3243755</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 14 décembre 2016</t>
+  </si>
+  <si>
+    <t>07/12/2016 16:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729110/fr/commission-de-la-transparence-reunion-du-14-decembre-2016</t>
+  </si>
+  <si>
+    <t>c_2729110</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 20 janvier 2016</t>
+  </si>
+  <si>
+    <t>18/01/2016 17:23:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2587824/fr/commission-de-la-transparence-reunion-du-20-janvier-2016</t>
+  </si>
+  <si>
+    <t>c_2587824</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 juin 2015</t>
+  </si>
+  <si>
+    <t>27/05/2015 14:19:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2035997/fr/commission-de-la-transparence-reunion-du-3-juin-2015</t>
+  </si>
+  <si>
+    <t>c_2035997</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 16 octobre 2013</t>
+  </si>
+  <si>
+    <t>25/11/2013 09:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1652486/fr/commission-de-la-transparence-reunion-du-16-octobre-2013</t>
+  </si>
+  <si>
+    <t>c_1652486</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 5 janvier 2011</t>
+  </si>
+  <si>
+    <t>05/01/2011 10:11:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1012508/fr/commission-de-la-transparence-reunion-du-5-janvier-2011</t>
+  </si>
+  <si>
+    <t>c_1012508</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 24 juin 2009</t>
+  </si>
+  <si>
+    <t>24/06/2009 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_813943/fr/commission-de-la-transparence-reunion-du-24-juin-2009</t>
+  </si>
+  <si>
+    <t>c_813943</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 10 octobre 2007</t>
+  </si>
+  <si>
+    <t>10/10/2007 16:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_592918/fr/commission-de-la-transparence-reunion-du-10-octobre-2007</t>
+  </si>
+  <si>
+    <t>c_592918</t>
+  </si>
+  <si>
+    <t>Avis et décisions de la HAS</t>
+  </si>
+  <si>
+    <t>Avis n° 2021.0084/AC/SESPEV du 25 novembre 2021 du collège de la Haute Autorité de santé relatif à la vaccination des enfants de 5 à 11 ans à risque de formes sévères de Covid-19 ou appartenant à l’entourage des personnes immunodéprimées</t>
+  </si>
+  <si>
+    <t>La HAS recommande la vaccination des enfants de 5 à 11 ans qui présentent un risque de faire une forme grave de la maladie ou de décéder, ainsi que ceux vivant dans l’entourage de personnes immunodéprimées ou vulnérables et qui ne seraient pas vaccinées. Elle se prononcera ultérieurement sur la pertinence d’élargir cette vaccination à l’ensemble des enfants de 5 à 11 ans, après avoir mené des auditions des parties prenantes.</t>
+  </si>
+  <si>
+    <t>25/11/2021 15:12:00</t>
+  </si>
+  <si>
+    <t>30/11/2021 10:31:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3302381/fr/avis-n-2021-0084/ac/sespev-du-25-novembre-2021-du-college-de-la-haute-autorite-de-sante-relatif-a-la-vaccination-des-enfants-de-5-a-11-ans-a-risque-de-formes-severes-de-covid-19-ou-appartenant-a-l-entourage-des-personnes-immunodeprimees</t>
+  </si>
+  <si>
+    <t>p_3302381</t>
+  </si>
+  <si>
+    <t>Décision n°2016.0062/DC/SEM du 23 mars 2016 du collège de la Haute Autorité de santé portant sur la recommandation relative à la prise en charge à titre dérogatoire de XALKORI (crizotinib) dans le cadre d’une recommandation temporaire d’utilisation - RTU ABROGEE 17 mars 2017 -</t>
+  </si>
+  <si>
+    <t>Considérant l’ensemble des informations suivantes :# # * le fait que le cancer du poumon, est en France, le 2ème cancer le plus fréquent chez l’homme et le 3ème chez la femme, ainsi que la 1ère cause de décès chez l’homme entre 45 et 64 ans et la 1ère cause de mortalité par cancer toutes populations confondues et qu’on ne dispose à ce jour d’aucune thérapeutique appropriée ; * l’absence d’alternative appropriée et remboursable à ce jour chez les patients avec un réarrangement ROS 1 ; * le fait que l’utilisation de ce médicament ait un intérêt thérapeutique pour les patients ; le Collège de la HAS considère que les spécialités XALKORI 200 et 250 mg (crizotinib) peuvent faire l’objet d’une prise en charge dérogatoire dans l’indication : « Traitement du cancer du poumon non à petites cellules localement avancé ou métastatique avec réarrangement de ROS1 chez des patients en situation d’impasse thérapeutique » si le prescripteur estime qu’elles sont indispensables pour le traitement de ces patients. # *RTU abrogée le 17 mars 2017 par l'ANSM. La fin de cette RTU fait suite à la modification du 25 août 2016, par la Commission Européenne, de l’autorisation de mise sur le marché (AMM) de Xalkori , dans l’indication : «traitement des patients adultes ayant un cancer du poumon non à petites cellules (CPNPC) ROS1 (Proto-Oncogene 1, Receptor Tyrosine Kinase)-positif et avancé».*</t>
+  </si>
+  <si>
+    <t>23/03/2016 09:33:00</t>
+  </si>
+  <si>
+    <t>29/03/2016 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2620178/fr/decision-n2016-0062/dc/sem-du-23-mars-2016-du-college-de-la-haute-autorite-de-sante-portant-sur-la-recommandation-relative-a-la-prise-en-charge-a-titre-derogatoire-de-xalkori-crizotinib-dans-le-cadre-d-une-recommandation-temporaire-d-utilisation-rtu-abrogee-17-mars-2017</t>
+  </si>
+  <si>
+    <t>c_2620178</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 – Place du vaccin à ARNm COMIRNATY® chez les 5-11 ans</t>
+  </si>
+  <si>
+    <t>Dans un contexte épidémique marqué par une cinquième vague due au variant Delta et l’apparition à la mi-novembre du variant Omicron, la Haute Autorité de santé se prononce sur l’élargissement de la vaccination à l’ensemble des enfants de 5 à 11 ans. Sur la base des dernières données disponibles et après avoir auditionné les parties-prenantes, la HAS propose d’ouvrir la vaccination aux enfants de cette classe d’âge, sans obligation et sans que cela conditionne l’obtention d’un passe sanitaire, et en priorisant les enfants de moins de 12 ans scolarisés au collège. Elle indique que cette vaccination peut être réalisée dès la mise à disposition de la formulation pédiatrique du vaccin Comirnaty® de Pfizer.</t>
+  </si>
+  <si>
+    <t>17/12/2021 00:00:00</t>
+  </si>
+  <si>
+    <t>20/12/2021 13:37:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3306504/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-a-arnm-comirnaty-chez-les-5-11-ans</t>
+  </si>
+  <si>
+    <t>p_3306504</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>KABIVEN - PERIKABIVEN (alanine/ acides aminés et électrolytes (Vamin 18 Novum)/ acide glutami...)</t>
+  </si>
+  <si>
+    <t>19/02/2018 11:02:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983377/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>pprd_2983377</t>
+  </si>
+  <si>
+    <t>alanine,acides aminés et électrolytes (Vamin 18 Novum),acide glutamique,arginine,aspartique (acide),calcium (chlorure de) dihydraté,émulsion lipidique (Intralipide 20%),glucose,glucose monohydraté,glycine,histidine,isoleucine,leucine,lysine (chlorhydrate de),magnésium (sulfate de) heptahydraté,méthionine,phénylalanine,potassium (chlorure de),proline,sérine,soja (huile de) raffinée,thréonine,tryptophane L,tyrosine,sodium (acétate de) trihydraté,sodium (glycerophosphate de),valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI FRANCE</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322227/fr/kabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2829055/fr/kabiven-perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1322502/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_523276/fr/perikabiven-alanine/-acides-amines-et-electrolytes-vamin-18-novum-/-acide-glutami</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_398910/fr/perikabiven-900-kcal-emulsion-pour-perfusion-1440-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-4-perikabiven-1200-kcal-emulsion-pour-perfusion-1920-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2-perikabiven-1500-kcal-emulsion-pour-perfusion-2400-ml-en-poche-a-trois-compartiments-boite-de-1-et-boite-de-2</t>
+  </si>
+  <si>
+    <t>AMINOMIX (arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lys...)</t>
+  </si>
+  <si>
+    <t>20/09/2017 09:37:04</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983531/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>pprd_2983531</t>
+  </si>
+  <si>
+    <t>arginine, sodium (chlorure de), potassium (hydroxyde de), alanine, lysine (chlorhydrate de), sérine, tyrosine, taurine, isoleucine, glucose monohydraté, acétique glacial (acide),calcium (chlorure de) dihydraté, phénylalanine, magnésium (chlorure de) hexahydraté, leucine, glycine, tryptophane L, zinc (chlorure de), proline, thréonine, valine, méthionine, histidine, chlorhydrique (acide),isoleucine, leucine, lysine, méthionine, phénylalanine, thréonine, tryptophane, valine, arginine, histidine, glycine, sérine, tyrosine, taurine, alanine, proline, glycérophosphate de sodium, acide chlorhydrique 25%, glucose, chlorure de sodium, chlorure de calcium, chlorure de magnésium, chlorure de zinc</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400963/fr/aminomix-1-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-315-3-poche-bicompartimentee-de-1500-ml-cip-372-317-6-poche-bicompartimentee-de-2000-ml-cip-372-318-2-aminomix-2-solution-injectable-pour-perfusion-iv-en-poche-bicompartimentee-poche-bicompartimentee-de-1000-ml-cip-372-319-9-poche-bicompartimentee-de-1500-ml-cip-372-320-7-poche-bicompartimentee-de-2000-ml-cip-372-321-3</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1332093/fr/aminomix-arginine-sodium-chlorure-de-potassium-hydroxyde-de-alanine-lys</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2794094/fr/aminomix-isoleucine-leucine-lysine-methionine-phenylalanine-threonine</t>
+  </si>
+  <si>
+    <t>AMIPED (arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (a...)</t>
+  </si>
+  <si>
+    <t>02/10/2015 15:09:50</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984415/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984415</t>
+  </si>
+  <si>
+    <t>arginine, phénylalanine, alanine, tryptophane L, sérine, aspartique (acide), glycine, leucine, acétyltyrosine,,lysine monohydratée, acétylcystéine, proline, taurine, acide glutamique, thréonine, valine, histidine, méthionine, isoleucine</t>
+  </si>
+  <si>
+    <t>B BRAUN MEDICAL SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2558850/fr/amiped-arginine-phenylalanine-alanine-tryptophane-l-serine-aspartique-a</t>
+  </si>
+  <si>
+    <t>AMINOPLASMAL (arginine/ phénylalanine/ alanine/ tryptophane L/ sérine/ aspartique (a...)</t>
+  </si>
+  <si>
+    <t>15/06/2015 17:40:05</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984519/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>pprd_2984519</t>
+  </si>
+  <si>
+    <t>arginine,phénylalanine,alanine,tryptophane L,sérine,aspartique (acide),glycine,leucine,tyrosine,lysine monohydratée,acétylcystéine,proline,acide glutamique,thréonine,valine,histidine,méthionine,isoleucine</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2038283/fr/aminoplasmal-arginine/-phenylalanine/-alanine/-tryptophane-l/-serine/-aspartique-a</t>
+  </si>
+  <si>
+    <t>NP2 ENFANTS AP-HP (alanine/ arginine/ aspartique (acide)/ dihydrate lysine (chlorhydrate ...)</t>
+  </si>
+  <si>
+    <t>29/03/2006 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985588/fr/np2-enfants-ap-hp-alanine/-arginine/-aspartique-acide-/-dihydrate-lysine-chlorhydrate</t>
+  </si>
+  <si>
+    <t>pprd_2985588</t>
+  </si>
+  <si>
+    <t>alanine,arginine,aspartique (acide),dihydrate lysine (chlorhydrate de),glucose monohydrate glutamique (acide),glycine,hexahydrate cystéine (chlorhydrate de),histidine,hydrate magnésium (lactate de),isoleucine,leucine,magnésium (chlorure de),méthionine,phénylalanine,phosphate dipotassique calcium (gluconate de),potassium (chlorure de),proline,sodium (hydroxyde de),sodium (gluconate de),thréonine,tryptophane,tyrosine,serine,valine</t>
+  </si>
+  <si>
+    <t>FRESENIUS KABI France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_400985/fr/np2-enfants-ap-hp-solution-pour-perfusion-flacons-en-verre-de-500-ml-cip-567-667-6</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H12"/>
+  <dimension ref="A1:H9"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -376,275 +1147,1827 @@
       </c>
       <c r="B3" t="s">
         <v>16</v>
       </c>
       <c r="C3" t="s">
         <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>18</v>
       </c>
       <c r="E3" t="s">
         <v>19</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>20</v>
       </c>
       <c r="H3" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
         <v>22</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>23</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>24</v>
       </c>
-      <c r="D4" t="s">
+      <c r="E4" t="s">
         <v>25</v>
       </c>
-      <c r="E4" t="s">
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
         <v>26</v>
       </c>
-      <c r="F4" t="s">
-[...2 lines deleted...]
-      <c r="G4" t="s">
+      <c r="H4" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>28</v>
+      </c>
+      <c r="C5" t="s">
         <v>29</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>30</v>
       </c>
-      <c r="D5" t="s">
+      <c r="E5" t="s">
         <v>31</v>
       </c>
-      <c r="E5" t="s">
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
         <v>32</v>
       </c>
-      <c r="F5" t="s">
-[...2 lines deleted...]
-      <c r="G5" t="s">
+      <c r="H5" t="s">
         <v>33</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
+        <v>34</v>
+      </c>
+      <c r="C6" t="s">
         <v>35</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>36</v>
       </c>
-      <c r="D6" t="s">
+      <c r="E6" t="s">
         <v>37</v>
       </c>
-      <c r="E6" t="s">
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
         <v>38</v>
       </c>
-      <c r="F6" t="s">
-[...2 lines deleted...]
-      <c r="G6" t="s">
+      <c r="H6" t="s">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>40</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>40</v>
+      </c>
+      <c r="C7" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="D7" t="s">
         <v>42</v>
       </c>
       <c r="E7" t="s">
         <v>43</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>44</v>
       </c>
       <c r="H7" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>22</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>46</v>
       </c>
       <c r="C8" t="s">
         <v>47</v>
       </c>
       <c r="D8" t="s">
         <v>48</v>
       </c>
       <c r="E8" t="s">
         <v>49</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>50</v>
       </c>
       <c r="H8" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
+        <v>8</v>
+      </c>
+      <c r="B9" t="s">
         <v>52</v>
       </c>
+      <c r="C9" t="s">
+        <v>53</v>
+      </c>
+      <c r="D9" t="s">
+        <v>54</v>
+      </c>
+      <c r="E9" t="s">
+        <v>55</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>56</v>
+      </c>
+      <c r="H9" t="s">
+        <v>57</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H21"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>58</v>
+      </c>
+      <c r="B2" t="s">
+        <v>59</v>
+      </c>
+      <c r="C2" t="s">
+        <v>60</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>61</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>62</v>
+      </c>
+      <c r="H2" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>58</v>
+      </c>
+      <c r="B3" t="s">
+        <v>64</v>
+      </c>
+      <c r="C3" t="s">
+        <v>65</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>66</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>67</v>
+      </c>
+      <c r="H3" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>58</v>
+      </c>
+      <c r="B4" t="s">
+        <v>69</v>
+      </c>
+      <c r="C4" t="s">
+        <v>70</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>71</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>72</v>
+      </c>
+      <c r="H4" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>58</v>
+      </c>
+      <c r="B5" t="s">
+        <v>74</v>
+      </c>
+      <c r="C5" t="s">
+        <v>75</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>76</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H5" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>58</v>
+      </c>
+      <c r="B6" t="s">
+        <v>79</v>
+      </c>
+      <c r="C6" t="s">
+        <v>80</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>81</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>82</v>
+      </c>
+      <c r="H6" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>58</v>
+      </c>
+      <c r="B7" t="s">
+        <v>84</v>
+      </c>
+      <c r="C7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>81</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>86</v>
+      </c>
+      <c r="H7" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>58</v>
+      </c>
+      <c r="B8" t="s">
+        <v>88</v>
+      </c>
+      <c r="C8" t="s">
+        <v>89</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>90</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>91</v>
+      </c>
+      <c r="H8" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>58</v>
+      </c>
       <c r="B9" t="s">
-        <v>53</v>
+        <v>93</v>
       </c>
       <c r="C9" t="s">
-        <v>54</v>
+        <v>94</v>
       </c>
       <c r="D9" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>56</v>
+        <v>90</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>57</v>
+        <v>95</v>
       </c>
       <c r="H9" t="s">
-        <v>58</v>
+        <v>96</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>59</v>
+        <v>97</v>
       </c>
       <c r="C10" t="s">
-        <v>60</v>
+        <v>98</v>
       </c>
       <c r="D10" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>62</v>
+        <v>99</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>63</v>
+        <v>100</v>
       </c>
       <c r="H10" t="s">
-        <v>64</v>
+        <v>101</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B11" t="s">
-        <v>65</v>
+        <v>102</v>
       </c>
       <c r="C11" t="s">
-        <v>66</v>
+        <v>103</v>
       </c>
       <c r="D11" t="s">
-        <v>67</v>
+        <v>13</v>
       </c>
       <c r="E11" t="s">
-        <v>68</v>
+        <v>104</v>
       </c>
       <c r="F11" t="s">
         <v>13</v>
       </c>
       <c r="G11" t="s">
-        <v>69</v>
+        <v>105</v>
       </c>
       <c r="H11" t="s">
-        <v>70</v>
+        <v>106</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="B12" t="s">
-        <v>71</v>
+        <v>107</v>
       </c>
       <c r="C12" t="s">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="D12" t="s">
-        <v>73</v>
+        <v>13</v>
       </c>
       <c r="E12" t="s">
-        <v>74</v>
+        <v>109</v>
       </c>
       <c r="F12" t="s">
         <v>13</v>
       </c>
       <c r="G12" t="s">
-        <v>75</v>
+        <v>110</v>
       </c>
       <c r="H12" t="s">
-        <v>76</v>
+        <v>111</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="s">
+        <v>58</v>
+      </c>
+      <c r="B13" t="s">
+        <v>112</v>
+      </c>
+      <c r="C13" t="s">
+        <v>113</v>
+      </c>
+      <c r="D13" t="s">
+        <v>13</v>
+      </c>
+      <c r="E13" t="s">
+        <v>114</v>
+      </c>
+      <c r="F13" t="s">
+        <v>13</v>
+      </c>
+      <c r="G13" t="s">
+        <v>115</v>
+      </c>
+      <c r="H13" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="s">
+        <v>58</v>
+      </c>
+      <c r="B14" t="s">
+        <v>117</v>
+      </c>
+      <c r="C14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D14" t="s">
+        <v>13</v>
+      </c>
+      <c r="E14" t="s">
+        <v>119</v>
+      </c>
+      <c r="F14" t="s">
+        <v>13</v>
+      </c>
+      <c r="G14" t="s">
+        <v>120</v>
+      </c>
+      <c r="H14" t="s">
+        <v>121</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="s">
+        <v>58</v>
+      </c>
+      <c r="B15" t="s">
+        <v>122</v>
+      </c>
+      <c r="C15" t="s">
+        <v>123</v>
+      </c>
+      <c r="D15" t="s">
+        <v>13</v>
+      </c>
+      <c r="E15" t="s">
+        <v>124</v>
+      </c>
+      <c r="F15" t="s">
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>125</v>
+      </c>
+      <c r="H15" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="s">
+        <v>58</v>
+      </c>
+      <c r="B16" t="s">
+        <v>127</v>
+      </c>
+      <c r="C16" t="s">
+        <v>128</v>
+      </c>
+      <c r="D16" t="s">
+        <v>13</v>
+      </c>
+      <c r="E16" t="s">
+        <v>129</v>
+      </c>
+      <c r="F16" t="s">
+        <v>13</v>
+      </c>
+      <c r="G16" t="s">
+        <v>130</v>
+      </c>
+      <c r="H16" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="s">
+        <v>58</v>
+      </c>
+      <c r="B17" t="s">
+        <v>132</v>
+      </c>
+      <c r="C17" t="s">
+        <v>133</v>
+      </c>
+      <c r="D17" t="s">
+        <v>134</v>
+      </c>
+      <c r="E17" t="s">
+        <v>135</v>
+      </c>
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
+        <v>136</v>
+      </c>
+      <c r="H17" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="s">
+        <v>58</v>
+      </c>
+      <c r="B18" t="s">
+        <v>138</v>
+      </c>
+      <c r="C18" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" t="s">
+        <v>13</v>
+      </c>
+      <c r="E18" t="s">
+        <v>140</v>
+      </c>
+      <c r="F18" t="s">
+        <v>13</v>
+      </c>
+      <c r="G18" t="s">
+        <v>141</v>
+      </c>
+      <c r="H18" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="s">
+        <v>58</v>
+      </c>
+      <c r="B19" t="s">
+        <v>143</v>
+      </c>
+      <c r="C19" t="s">
+        <v>144</v>
+      </c>
+      <c r="D19" t="s">
+        <v>13</v>
+      </c>
+      <c r="E19" t="s">
+        <v>145</v>
+      </c>
+      <c r="F19" t="s">
+        <v>13</v>
+      </c>
+      <c r="G19" t="s">
+        <v>146</v>
+      </c>
+      <c r="H19" t="s">
+        <v>147</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" t="s">
+        <v>148</v>
+      </c>
+      <c r="C20" t="s">
+        <v>149</v>
+      </c>
+      <c r="D20" t="s">
+        <v>13</v>
+      </c>
+      <c r="E20" t="s">
+        <v>150</v>
+      </c>
+      <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
+        <v>151</v>
+      </c>
+      <c r="H20" t="s">
+        <v>152</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="s">
+        <v>58</v>
+      </c>
+      <c r="B21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C21" t="s">
+        <v>154</v>
+      </c>
+      <c r="D21" t="s">
+        <v>155</v>
+      </c>
+      <c r="E21" t="s">
+        <v>156</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
+        <v>157</v>
+      </c>
+      <c r="H21" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H7"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>159</v>
+      </c>
+      <c r="B2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D2" t="s">
+        <v>30</v>
+      </c>
+      <c r="E2" t="s">
+        <v>162</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>163</v>
+      </c>
+      <c r="H2" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>159</v>
+      </c>
+      <c r="B3" t="s">
+        <v>165</v>
+      </c>
+      <c r="C3" t="s">
+        <v>166</v>
+      </c>
+      <c r="D3" t="s">
+        <v>167</v>
+      </c>
+      <c r="E3" t="s">
+        <v>168</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>169</v>
+      </c>
+      <c r="H3" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>159</v>
+      </c>
+      <c r="B4" t="s">
+        <v>171</v>
+      </c>
+      <c r="C4" t="s">
+        <v>172</v>
+      </c>
+      <c r="D4" t="s">
+        <v>173</v>
+      </c>
+      <c r="E4" t="s">
+        <v>174</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>175</v>
+      </c>
+      <c r="H4" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C5" t="s">
+        <v>178</v>
+      </c>
+      <c r="D5" t="s">
+        <v>179</v>
+      </c>
+      <c r="E5" t="s">
+        <v>180</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>181</v>
+      </c>
+      <c r="H5" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>159</v>
+      </c>
+      <c r="B6" t="s">
+        <v>183</v>
+      </c>
+      <c r="C6" t="s">
+        <v>184</v>
+      </c>
+      <c r="D6" t="s">
+        <v>185</v>
+      </c>
+      <c r="E6" t="s">
+        <v>186</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>187</v>
+      </c>
+      <c r="H6" t="s">
+        <v>188</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>159</v>
+      </c>
+      <c r="B7" t="s">
+        <v>189</v>
+      </c>
+      <c r="C7" t="s">
+        <v>190</v>
+      </c>
+      <c r="D7" t="s">
+        <v>191</v>
+      </c>
+      <c r="E7" t="s">
+        <v>192</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>193</v>
+      </c>
+      <c r="H7" t="s">
+        <v>194</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>195</v>
+      </c>
+      <c r="B2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D2" t="s">
+        <v>198</v>
+      </c>
+      <c r="E2" t="s">
+        <v>199</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>200</v>
+      </c>
+      <c r="H2" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>195</v>
+      </c>
+      <c r="B3" t="s">
+        <v>202</v>
+      </c>
+      <c r="C3" t="s">
+        <v>203</v>
+      </c>
+      <c r="D3" t="s">
+        <v>204</v>
+      </c>
+      <c r="E3" t="s">
+        <v>205</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>206</v>
+      </c>
+      <c r="H3" t="s">
+        <v>207</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>195</v>
+      </c>
+      <c r="B4" t="s">
+        <v>208</v>
+      </c>
+      <c r="C4" t="s">
+        <v>208</v>
+      </c>
+      <c r="D4" t="s">
+        <v>209</v>
+      </c>
+      <c r="E4" t="s">
+        <v>210</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>211</v>
+      </c>
+      <c r="H4" t="s">
+        <v>212</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>195</v>
+      </c>
+      <c r="B5" t="s">
+        <v>213</v>
+      </c>
+      <c r="C5" t="s">
+        <v>214</v>
+      </c>
+      <c r="D5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E5" t="s">
+        <v>216</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>217</v>
+      </c>
+      <c r="H5" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>195</v>
+      </c>
+      <c r="B6" t="s">
+        <v>219</v>
+      </c>
+      <c r="C6" t="s">
+        <v>220</v>
+      </c>
+      <c r="D6" t="s">
+        <v>221</v>
+      </c>
+      <c r="E6" t="s">
+        <v>222</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>223</v>
+      </c>
+      <c r="H6" t="s">
+        <v>224</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I10"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>226</v>
+      </c>
+      <c r="B2" t="s">
+        <v>227</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>228</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>229</v>
+      </c>
+      <c r="H2" t="s">
+        <v>230</v>
+      </c>
+      <c r="I2" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>226</v>
+      </c>
+      <c r="B3" t="s">
+        <v>232</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>233</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>234</v>
+      </c>
+      <c r="H3" t="s">
+        <v>235</v>
+      </c>
+      <c r="I3" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>226</v>
+      </c>
+      <c r="B4" t="s">
+        <v>236</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>237</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>238</v>
+      </c>
+      <c r="H4" t="s">
+        <v>239</v>
+      </c>
+      <c r="I4" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B5" t="s">
+        <v>240</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>241</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>242</v>
+      </c>
+      <c r="H5" t="s">
+        <v>243</v>
+      </c>
+      <c r="I5" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>226</v>
+      </c>
+      <c r="B6" t="s">
+        <v>244</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>245</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>246</v>
+      </c>
+      <c r="H6" t="s">
+        <v>247</v>
+      </c>
+      <c r="I6" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>226</v>
+      </c>
+      <c r="B7" t="s">
+        <v>248</v>
+      </c>
+      <c r="C7" t="s">
+        <v>13</v>
+      </c>
+      <c r="D7" t="s">
+        <v>13</v>
+      </c>
+      <c r="E7" t="s">
+        <v>249</v>
+      </c>
+      <c r="F7" t="s">
+        <v>13</v>
+      </c>
+      <c r="G7" t="s">
+        <v>250</v>
+      </c>
+      <c r="H7" t="s">
+        <v>251</v>
+      </c>
+      <c r="I7" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>226</v>
+      </c>
+      <c r="B8" t="s">
+        <v>252</v>
+      </c>
+      <c r="C8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D8" t="s">
+        <v>13</v>
+      </c>
+      <c r="E8" t="s">
+        <v>253</v>
+      </c>
+      <c r="F8" t="s">
+        <v>13</v>
+      </c>
+      <c r="G8" t="s">
+        <v>254</v>
+      </c>
+      <c r="H8" t="s">
+        <v>255</v>
+      </c>
+      <c r="I8" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>226</v>
+      </c>
+      <c r="B9" t="s">
+        <v>256</v>
+      </c>
+      <c r="C9" t="s">
+        <v>13</v>
+      </c>
+      <c r="D9" t="s">
+        <v>13</v>
+      </c>
+      <c r="E9" t="s">
+        <v>257</v>
+      </c>
+      <c r="F9" t="s">
+        <v>13</v>
+      </c>
+      <c r="G9" t="s">
+        <v>258</v>
+      </c>
+      <c r="H9" t="s">
+        <v>259</v>
+      </c>
+      <c r="I9" t="s">
+        <v>231</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>226</v>
+      </c>
+      <c r="B10" t="s">
+        <v>260</v>
+      </c>
+      <c r="C10" t="s">
+        <v>13</v>
+      </c>
+      <c r="D10" t="s">
+        <v>13</v>
+      </c>
+      <c r="E10" t="s">
+        <v>261</v>
+      </c>
+      <c r="F10" t="s">
+        <v>13</v>
+      </c>
+      <c r="G10" t="s">
+        <v>262</v>
+      </c>
+      <c r="H10" t="s">
+        <v>263</v>
+      </c>
+      <c r="I10" t="s">
+        <v>231</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>264</v>
+      </c>
+      <c r="B2" t="s">
+        <v>265</v>
+      </c>
+      <c r="C2" t="s">
+        <v>266</v>
+      </c>
+      <c r="D2" t="s">
+        <v>267</v>
+      </c>
+      <c r="E2" t="s">
+        <v>268</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>269</v>
+      </c>
+      <c r="H2" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>264</v>
+      </c>
+      <c r="B3" t="s">
+        <v>271</v>
+      </c>
+      <c r="C3" t="s">
+        <v>272</v>
+      </c>
+      <c r="D3" t="s">
+        <v>273</v>
+      </c>
+      <c r="E3" t="s">
+        <v>274</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>275</v>
+      </c>
+      <c r="H3" t="s">
+        <v>276</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>277</v>
+      </c>
+      <c r="B2" t="s">
+        <v>278</v>
+      </c>
+      <c r="C2" t="s">
+        <v>279</v>
+      </c>
+      <c r="D2" t="s">
+        <v>280</v>
+      </c>
+      <c r="E2" t="s">
+        <v>281</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>282</v>
+      </c>
+      <c r="H2" t="s">
+        <v>283</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:O6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>284</v>
+      </c>
+      <c r="J1" t="s">
+        <v>285</v>
+      </c>
+      <c r="K1" t="s">
+        <v>286</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>287</v>
+      </c>
+      <c r="B2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>289</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>290</v>
+      </c>
+      <c r="H2" t="s">
+        <v>291</v>
+      </c>
+      <c r="I2" t="s">
+        <v>292</v>
+      </c>
+      <c r="J2" t="s">
+        <v>293</v>
+      </c>
+      <c r="K2" t="s">
+        <v>294</v>
+      </c>
+      <c r="L2" t="s">
+        <v>295</v>
+      </c>
+      <c r="M2" t="s">
+        <v>296</v>
+      </c>
+      <c r="N2" t="s">
+        <v>297</v>
+      </c>
+      <c r="O2" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>287</v>
+      </c>
+      <c r="B3" t="s">
+        <v>299</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>300</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>301</v>
+      </c>
+      <c r="H3" t="s">
+        <v>302</v>
+      </c>
+      <c r="I3" t="s">
+        <v>303</v>
+      </c>
+      <c r="J3" t="s">
+        <v>293</v>
+      </c>
+      <c r="K3" t="s">
+        <v>304</v>
+      </c>
+      <c r="L3" t="s">
+        <v>305</v>
+      </c>
+      <c r="M3" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>287</v>
+      </c>
+      <c r="B4" t="s">
+        <v>307</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>308</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>309</v>
+      </c>
+      <c r="H4" t="s">
+        <v>310</v>
+      </c>
+      <c r="I4" t="s">
+        <v>311</v>
+      </c>
+      <c r="J4" t="s">
+        <v>312</v>
+      </c>
+      <c r="K4" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>287</v>
+      </c>
+      <c r="B5" t="s">
+        <v>314</v>
+      </c>
+      <c r="C5" t="s">
+        <v>13</v>
+      </c>
+      <c r="D5" t="s">
+        <v>13</v>
+      </c>
+      <c r="E5" t="s">
+        <v>315</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>316</v>
+      </c>
+      <c r="H5" t="s">
+        <v>317</v>
+      </c>
+      <c r="I5" t="s">
+        <v>318</v>
+      </c>
+      <c r="J5" t="s">
+        <v>312</v>
+      </c>
+      <c r="K5" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>287</v>
+      </c>
+      <c r="B6" t="s">
+        <v>320</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>321</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>322</v>
+      </c>
+      <c r="H6" t="s">
+        <v>323</v>
+      </c>
+      <c r="I6" t="s">
+        <v>324</v>
+      </c>
+      <c r="J6" t="s">
+        <v>325</v>
+      </c>
+      <c r="K6" t="s">
+        <v>326</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>