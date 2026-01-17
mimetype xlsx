--- v1 (2025-12-02)
+++ v2 (2026-01-17)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="327">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="332">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -207,50 +207,65 @@
     <t>https://www.has-sante.fr/jcms/c_272378/fr/evaluation-de-l-interet-du-depistage-de-l-infection-a-cytomegalovirus-chez-la-femme-enceinte-en-france</t>
   </si>
   <si>
     <t>c_272378</t>
   </si>
   <si>
     <t>Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004</t>
   </si>
   <si>
     <t>Le rapport Évaluation clinique et économique du dépistage de l’hémochromatose HFE1 en 2004 évalue l’opportunité du dépistage systématique de l’hémochromatose HFE1, maladie génétique à l’origine d’une surcharge chronique en fer, en population générale en 2004 selon les critères de l’OMS (actualisation du rapport d’évaluation ANAES de 1999). L’analyse économique repose sur une analyse critique de la littérature internationale ainsi que sur des simulations économiques de stratégies de dépistage de l’hémochromatose HFE1 qui tiennent compte des particularités françaises.</t>
   </si>
   <si>
     <t>01/04/2004 00:00:00</t>
   </si>
   <si>
     <t>01/04/2004 14:09:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_464134/fr/evaluation-clinique-et-economique-du-depistage-de-l-hemochromatose-hfe1-en-2004</t>
   </si>
   <si>
     <t>c_464134</t>
   </si>
   <si>
     <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Mucoviscidose</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint de mucoviscidoses. Il a été élaboré par le Centre de Référence Mucoviscidose à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>05/12/2025 11:04:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2792719/fr/mucoviscidose</t>
+  </si>
+  <si>
+    <t>c_2792719</t>
   </si>
   <si>
     <t>Maladie de Menkes et autres maladies du métabolisme du cuivre, hors maladie de Wilson</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient admis en ALD au titre de l’ALD 17 : Maladies métaboliques héréditaires nécessitant un traitement prolongé spécialisé. Ce PNDS est limité à la maladie de Menkes et aux autres maladies métaboliques liées à des anomalies du métabolisme du cuivre, hors maladie de Wilson Il a été élaboré par le Centre de référence des maladies métaboliques de Nancy et Centre de référence de la maladie de Wilson et autres maladies rares liées au cuivre à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:18:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/p_3563444/fr/maladie-de-menkes-et-autres-maladies-du-metabolisme-du-cuivre-hors-maladie-de-wilson</t>
   </si>
   <si>
     <t>p_3563444</t>
   </si>
   <si>
     <t>Atrésie des voies biliaires</t>
   </si>
   <si>
     <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un enfant ayant une atrésie des voies biliaires (AVB) et qui relève de l’affection de longue durée (ALD) n°6 (« Maladies chroniques actives du foie et cirrhoses »). Il a été élaboré par le Centre de Référence Atrésie des Voies Biliaires et Cholestases Génétiques à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
   </si>
   <si>
     <t>02/12/2024 14:12:00</t>
   </si>
@@ -1309,51 +1324,51 @@
       </c>
       <c r="D9" t="s">
         <v>54</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
         <v>56</v>
       </c>
       <c r="H9" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H21"/>
+  <dimension ref="A1:H22"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -1485,129 +1500,129 @@
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>82</v>
       </c>
       <c r="H6" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
         <v>58</v>
       </c>
       <c r="B7" t="s">
         <v>84</v>
       </c>
       <c r="C7" t="s">
         <v>85</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="H7" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
         <v>58</v>
       </c>
       <c r="B8" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C8" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>91</v>
       </c>
       <c r="H8" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
         <v>58</v>
       </c>
       <c r="B9" t="s">
         <v>93</v>
       </c>
       <c r="C9" t="s">
         <v>94</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="H9" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
         <v>58</v>
       </c>
       <c r="B10" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C10" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
         <v>100</v>
       </c>
       <c r="H10" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="s">
         <v>58</v>
       </c>
       <c r="B11" t="s">
         <v>102</v>
       </c>
       <c r="C11" t="s">
         <v>103</v>
       </c>
       <c r="D11" t="s">
         <v>13</v>
       </c>
       <c r="E11" t="s">
@@ -1742,77 +1757,77 @@
       </c>
       <c r="E16" t="s">
         <v>129</v>
       </c>
       <c r="F16" t="s">
         <v>13</v>
       </c>
       <c r="G16" t="s">
         <v>130</v>
       </c>
       <c r="H16" t="s">
         <v>131</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>58</v>
       </c>
       <c r="B17" t="s">
         <v>132</v>
       </c>
       <c r="C17" t="s">
         <v>133</v>
       </c>
       <c r="D17" t="s">
+        <v>13</v>
+      </c>
+      <c r="E17" t="s">
         <v>134</v>
       </c>
-      <c r="E17" t="s">
+      <c r="F17" t="s">
+        <v>13</v>
+      </c>
+      <c r="G17" t="s">
         <v>135</v>
       </c>
-      <c r="F17" t="s">
-[...2 lines deleted...]
-      <c r="G17" t="s">
+      <c r="H17" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>58</v>
       </c>
       <c r="B18" t="s">
+        <v>137</v>
+      </c>
+      <c r="C18" t="s">
         <v>138</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="E18" t="s">
         <v>140</v>
       </c>
       <c r="F18" t="s">
         <v>13</v>
       </c>
       <c r="G18" t="s">
         <v>141</v>
       </c>
       <c r="H18" t="s">
         <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>58</v>
       </c>
       <c r="B19" t="s">
         <v>143</v>
       </c>
       <c r="C19" t="s">
         <v>144</v>
       </c>
       <c r="D19" t="s">
@@ -1846,1128 +1861,1154 @@
       </c>
       <c r="E20" t="s">
         <v>150</v>
       </c>
       <c r="F20" t="s">
         <v>13</v>
       </c>
       <c r="G20" t="s">
         <v>151</v>
       </c>
       <c r="H20" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>58</v>
       </c>
       <c r="B21" t="s">
         <v>153</v>
       </c>
       <c r="C21" t="s">
         <v>154</v>
       </c>
       <c r="D21" t="s">
+        <v>13</v>
+      </c>
+      <c r="E21" t="s">
         <v>155</v>
       </c>
-      <c r="E21" t="s">
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>156</v>
       </c>
-      <c r="F21" t="s">
-[...2 lines deleted...]
-      <c r="G21" t="s">
+      <c r="H21" t="s">
         <v>157</v>
       </c>
-      <c r="H21" t="s">
+    </row>
+    <row r="22">
+      <c r="A22" t="s">
+        <v>58</v>
+      </c>
+      <c r="B22" t="s">
         <v>158</v>
+      </c>
+      <c r="C22" t="s">
+        <v>159</v>
+      </c>
+      <c r="D22" t="s">
+        <v>160</v>
+      </c>
+      <c r="E22" t="s">
+        <v>161</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>162</v>
+      </c>
+      <c r="H22" t="s">
+        <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H7"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B2" t="s">
-        <v>160</v>
+        <v>165</v>
       </c>
       <c r="C2" t="s">
-        <v>161</v>
+        <v>166</v>
       </c>
       <c r="D2" t="s">
         <v>30</v>
       </c>
       <c r="E2" t="s">
-        <v>162</v>
+        <v>167</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>163</v>
+        <v>168</v>
       </c>
       <c r="H2" t="s">
-        <v>164</v>
+        <v>169</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B3" t="s">
-        <v>165</v>
+        <v>170</v>
       </c>
       <c r="C3" t="s">
-        <v>166</v>
+        <v>171</v>
       </c>
       <c r="D3" t="s">
-        <v>167</v>
+        <v>172</v>
       </c>
       <c r="E3" t="s">
-        <v>168</v>
+        <v>173</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="H3" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B4" t="s">
-        <v>171</v>
+        <v>176</v>
       </c>
       <c r="C4" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="D4" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="E4" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>175</v>
+        <v>180</v>
       </c>
       <c r="H4" t="s">
-        <v>176</v>
+        <v>181</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B5" t="s">
-        <v>177</v>
+        <v>182</v>
       </c>
       <c r="C5" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="D5" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="E5" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="H5" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B6" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
       <c r="C6" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="D6" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="E6" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="H6" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B7" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C7" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D7" t="s">
-        <v>191</v>
+        <v>196</v>
       </c>
       <c r="E7" t="s">
-        <v>192</v>
+        <v>197</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>193</v>
+        <v>198</v>
       </c>
       <c r="H7" t="s">
-        <v>194</v>
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B2" t="s">
-        <v>196</v>
+        <v>201</v>
       </c>
       <c r="C2" t="s">
-        <v>197</v>
+        <v>202</v>
       </c>
       <c r="D2" t="s">
-        <v>198</v>
+        <v>203</v>
       </c>
       <c r="E2" t="s">
-        <v>199</v>
+        <v>204</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>200</v>
+        <v>205</v>
       </c>
       <c r="H2" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B3" t="s">
-        <v>202</v>
+        <v>207</v>
       </c>
       <c r="C3" t="s">
-        <v>203</v>
+        <v>208</v>
       </c>
       <c r="D3" t="s">
-        <v>204</v>
+        <v>209</v>
       </c>
       <c r="E3" t="s">
-        <v>205</v>
+        <v>210</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>206</v>
+        <v>211</v>
       </c>
       <c r="H3" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B4" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="C4" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="D4" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
       <c r="E4" t="s">
-        <v>210</v>
+        <v>215</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>211</v>
+        <v>216</v>
       </c>
       <c r="H4" t="s">
-        <v>212</v>
+        <v>217</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B5" t="s">
-        <v>213</v>
+        <v>218</v>
       </c>
       <c r="C5" t="s">
-        <v>214</v>
+        <v>219</v>
       </c>
       <c r="D5" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="E5" t="s">
-        <v>216</v>
+        <v>221</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>217</v>
+        <v>222</v>
       </c>
       <c r="H5" t="s">
-        <v>218</v>
+        <v>223</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>195</v>
+        <v>200</v>
       </c>
       <c r="B6" t="s">
-        <v>219</v>
+        <v>224</v>
       </c>
       <c r="C6" t="s">
-        <v>220</v>
+        <v>225</v>
       </c>
       <c r="D6" t="s">
-        <v>221</v>
+        <v>226</v>
       </c>
       <c r="E6" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="H6" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>225</v>
+        <v>230</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B2" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>229</v>
+        <v>234</v>
       </c>
       <c r="H2" t="s">
-        <v>230</v>
+        <v>235</v>
       </c>
       <c r="I2" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B3" t="s">
-        <v>232</v>
+        <v>237</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>233</v>
+        <v>238</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>234</v>
+        <v>239</v>
       </c>
       <c r="H3" t="s">
-        <v>235</v>
+        <v>240</v>
       </c>
       <c r="I3" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B4" t="s">
+        <v>241</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>242</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>243</v>
+      </c>
+      <c r="H4" t="s">
+        <v>244</v>
+      </c>
+      <c r="I4" t="s">
         <v>236</v>
-      </c>
-[...19 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B5" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
       <c r="H5" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="I5" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B6" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="H6" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="I6" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B7" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>249</v>
+        <v>254</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>250</v>
+        <v>255</v>
       </c>
       <c r="H7" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="I7" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B8" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="H8" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="I8" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B9" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H9" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="I9" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="B10" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="H10" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
       <c r="I10" t="s">
-        <v>231</v>
+        <v>236</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B2" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C2" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="D2" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="E2" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="H2" t="s">
-        <v>270</v>
+        <v>275</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B3" t="s">
-        <v>271</v>
+        <v>276</v>
       </c>
       <c r="C3" t="s">
-        <v>272</v>
+        <v>277</v>
       </c>
       <c r="D3" t="s">
-        <v>273</v>
+        <v>278</v>
       </c>
       <c r="E3" t="s">
-        <v>274</v>
+        <v>279</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>275</v>
+        <v>280</v>
       </c>
       <c r="H3" t="s">
-        <v>276</v>
+        <v>281</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>277</v>
+        <v>282</v>
       </c>
       <c r="B2" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
       <c r="C2" t="s">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="D2" t="s">
-        <v>280</v>
+        <v>285</v>
       </c>
       <c r="E2" t="s">
-        <v>281</v>
+        <v>286</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>282</v>
+        <v>287</v>
       </c>
       <c r="H2" t="s">
-        <v>283</v>
+        <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>284</v>
+        <v>289</v>
       </c>
       <c r="J1" t="s">
-        <v>285</v>
+        <v>290</v>
       </c>
       <c r="K1" t="s">
-        <v>286</v>
+        <v>291</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B2" t="s">
-        <v>288</v>
+        <v>293</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>289</v>
+        <v>294</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>290</v>
+        <v>295</v>
       </c>
       <c r="H2" t="s">
-        <v>291</v>
+        <v>296</v>
       </c>
       <c r="I2" t="s">
-        <v>292</v>
+        <v>297</v>
       </c>
       <c r="J2" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="K2" t="s">
-        <v>294</v>
+        <v>299</v>
       </c>
       <c r="L2" t="s">
-        <v>295</v>
+        <v>300</v>
       </c>
       <c r="M2" t="s">
-        <v>296</v>
+        <v>301</v>
       </c>
       <c r="N2" t="s">
-        <v>297</v>
+        <v>302</v>
       </c>
       <c r="O2" t="s">
-        <v>298</v>
+        <v>303</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B3" t="s">
-        <v>299</v>
+        <v>304</v>
       </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>300</v>
+        <v>305</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>301</v>
+        <v>306</v>
       </c>
       <c r="H3" t="s">
-        <v>302</v>
+        <v>307</v>
       </c>
       <c r="I3" t="s">
-        <v>303</v>
+        <v>308</v>
       </c>
       <c r="J3" t="s">
-        <v>293</v>
+        <v>298</v>
       </c>
       <c r="K3" t="s">
-        <v>304</v>
+        <v>309</v>
       </c>
       <c r="L3" t="s">
-        <v>305</v>
+        <v>310</v>
       </c>
       <c r="M3" t="s">
-        <v>306</v>
+        <v>311</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B4" t="s">
-        <v>307</v>
+        <v>312</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>308</v>
+        <v>313</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>309</v>
+        <v>314</v>
       </c>
       <c r="H4" t="s">
-        <v>310</v>
+        <v>315</v>
       </c>
       <c r="I4" t="s">
-        <v>311</v>
+        <v>316</v>
       </c>
       <c r="J4" t="s">
-        <v>312</v>
+        <v>317</v>
       </c>
       <c r="K4" t="s">
-        <v>313</v>
+        <v>318</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B5" t="s">
-        <v>314</v>
+        <v>319</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>315</v>
+        <v>320</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>316</v>
+        <v>321</v>
       </c>
       <c r="H5" t="s">
+        <v>322</v>
+      </c>
+      <c r="I5" t="s">
+        <v>323</v>
+      </c>
+      <c r="J5" t="s">
         <v>317</v>
       </c>
-      <c r="I5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K5" t="s">
-        <v>319</v>
+        <v>324</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>287</v>
+        <v>292</v>
       </c>
       <c r="B6" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>321</v>
+        <v>326</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="H6" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="I6" t="s">
-        <v>324</v>
+        <v>329</v>
       </c>
       <c r="J6" t="s">
-        <v>325</v>
+        <v>330</v>
       </c>
       <c r="K6" t="s">
-        <v>326</v>
+        <v>331</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>