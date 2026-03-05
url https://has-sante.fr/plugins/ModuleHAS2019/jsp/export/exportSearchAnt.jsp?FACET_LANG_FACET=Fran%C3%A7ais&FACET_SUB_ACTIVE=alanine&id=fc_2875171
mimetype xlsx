--- v2 (2026-01-17)
+++ v3 (2026-03-05)
@@ -30,51 +30,51 @@
   </bookViews>
   <sheets>
     <sheet name="Export Recommandation en santé " r:id="rId3" sheetId="1"/>
     <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
     <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
     <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
     <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
     <sheet name="Export Avis et décisions de la " r:id="rId8" sheetId="6"/>
     <sheet name="Export Recommandation vaccinale" r:id="rId9" sheetId="7"/>
     <sheet name="Export Medicament" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Recommandation en santé '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Avis et décisions de la '!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="554" uniqueCount="332">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="546" uniqueCount="326">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
@@ -540,68 +540,50 @@
     <t>23/04/2009 16:40:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_778579/fr/ald-n-2-aplasies-medullaires</t>
   </si>
   <si>
     <t>c_778579</t>
   </si>
   <si>
     <t>Recommandation de bonne pratique</t>
   </si>
   <si>
     <t>Hépatite C : prise en charge simplifiée chez l'adulte</t>
   </si>
   <si>
     <t>Cette fiche mémo présente la prise en charge simplifiée. Elle peut conduire à une prise en charge spécialisée avec réunion de concertation pluridisciplinaire en fonction de données cliniques ou paracliniques.</t>
   </si>
   <si>
     <t>08/10/2019 11:05:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_2911891/fr/hepatite-c-prise-en-charge-simplifiee-chez-l-adulte</t>
   </si>
   <si>
     <t>c_2911891</t>
-  </si>
-[...16 lines deleted...]
-    <t>c_953959</t>
   </si>
   <si>
     <t>Situations pathologiques pouvant relever de l'hospitalisation à domicile au cours de l'ante et du post-partum</t>
   </si>
   <si>
     <t>L’objectif de ce travail est d’optimiser la prise en charge de la femme et de son enfant dans le cadre d’une hospitalisation à domicile (HAD).</t>
   </si>
   <si>
     <t>01/04/2011 00:00:00</t>
   </si>
   <si>
     <t>30/06/2011 16:10:00</t>
   </si>
   <si>
     <t>https://www.has-sante.fr/jcms/c_1066375/fr/situations-pathologiques-pouvant-relever-de-l-hospitalisation-a-domicile-au-cours-de-l-ante-et-du-post-partum</t>
   </si>
   <si>
     <t>c_1066375</t>
   </si>
   <si>
     <t>Suivi ambulatoire de l’adulte transplanté rénal au-delà de 3 mois après transplantation</t>
   </si>
   <si>
     <t>Au-delà de la phase initiale des trois premiers mois, les patients transplantés rénaux sont fréquemment suivis par le centre de transplantation, mais également de plus en plus souvent en ambulatoire lorsqu’il n’y a pas de complications justifiant un suivi rapproché par le centre de transplantation. Ce suivi ambulatoire (fréquence, contenu des consultations, examens complémentaires, etc.) doit être organisé et identique à celui qui est assuré en routine par le centre de transplantation. Il permet notamment au patient de ne pas avoir à se déplacer systématiquement jusqu’au centre de transplantation pour ce suivi de routine.</t>
   </si>
@@ -1910,51 +1892,51 @@
       </c>
       <c r="D22" t="s">
         <v>160</v>
       </c>
       <c r="E22" t="s">
         <v>161</v>
       </c>
       <c r="F22" t="s">
         <v>13</v>
       </c>
       <c r="G22" t="s">
         <v>162</v>
       </c>
       <c r="H22" t="s">
         <v>163</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H7"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
@@ -2070,945 +2052,919 @@
     </row>
     <row r="6">
       <c r="A6" t="s">
         <v>164</v>
       </c>
       <c r="B6" t="s">
         <v>188</v>
       </c>
       <c r="C6" t="s">
         <v>189</v>
       </c>
       <c r="D6" t="s">
         <v>190</v>
       </c>
       <c r="E6" t="s">
         <v>191</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
         <v>192</v>
       </c>
       <c r="H6" t="s">
         <v>193</v>
-      </c>
-[...24 lines deleted...]
-        <v>199</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>194</v>
+      </c>
+      <c r="B2" t="s">
+        <v>195</v>
+      </c>
+      <c r="C2" t="s">
+        <v>196</v>
+      </c>
+      <c r="D2" t="s">
+        <v>197</v>
+      </c>
+      <c r="E2" t="s">
+        <v>198</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>199</v>
+      </c>
+      <c r="H2" t="s">
         <v>200</v>
-      </c>
-[...19 lines deleted...]
-        <v>206</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B3" t="s">
-        <v>207</v>
+        <v>201</v>
       </c>
       <c r="C3" t="s">
-        <v>208</v>
+        <v>202</v>
       </c>
       <c r="D3" t="s">
-        <v>209</v>
+        <v>203</v>
       </c>
       <c r="E3" t="s">
-        <v>210</v>
+        <v>204</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>211</v>
+        <v>205</v>
       </c>
       <c r="H3" t="s">
-        <v>212</v>
+        <v>206</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B4" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="C4" t="s">
-        <v>213</v>
+        <v>207</v>
       </c>
       <c r="D4" t="s">
-        <v>214</v>
+        <v>208</v>
       </c>
       <c r="E4" t="s">
-        <v>215</v>
+        <v>209</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>216</v>
+        <v>210</v>
       </c>
       <c r="H4" t="s">
-        <v>217</v>
+        <v>211</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B5" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="C5" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="D5" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="E5" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>222</v>
+        <v>216</v>
       </c>
       <c r="H5" t="s">
-        <v>223</v>
+        <v>217</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="B6" t="s">
-        <v>224</v>
+        <v>218</v>
       </c>
       <c r="C6" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
       <c r="D6" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="E6" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>228</v>
+        <v>222</v>
       </c>
       <c r="H6" t="s">
-        <v>229</v>
+        <v>223</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:I10"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B2" t="s">
-        <v>232</v>
+        <v>226</v>
       </c>
       <c r="C2" t="s">
         <v>13</v>
       </c>
       <c r="D2" t="s">
         <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>233</v>
+        <v>227</v>
       </c>
       <c r="F2" t="s">
         <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>234</v>
+        <v>228</v>
       </c>
       <c r="H2" t="s">
-        <v>235</v>
+        <v>229</v>
       </c>
       <c r="I2" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>225</v>
+      </c>
+      <c r="B3" t="s">
         <v>231</v>
       </c>
-      <c r="B3" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" t="s">
         <v>13</v>
       </c>
       <c r="D3" t="s">
         <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>238</v>
+        <v>232</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>239</v>
+        <v>233</v>
       </c>
       <c r="H3" t="s">
-        <v>240</v>
+        <v>234</v>
       </c>
       <c r="I3" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B4" t="s">
-        <v>241</v>
+        <v>235</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
       <c r="E4" t="s">
-        <v>242</v>
+        <v>236</v>
       </c>
       <c r="F4" t="s">
         <v>13</v>
       </c>
       <c r="G4" t="s">
-        <v>243</v>
+        <v>237</v>
       </c>
       <c r="H4" t="s">
-        <v>244</v>
+        <v>238</v>
       </c>
       <c r="I4" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B5" t="s">
-        <v>245</v>
+        <v>239</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>246</v>
+        <v>240</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>247</v>
+        <v>241</v>
       </c>
       <c r="H5" t="s">
-        <v>248</v>
+        <v>242</v>
       </c>
       <c r="I5" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B6" t="s">
-        <v>249</v>
+        <v>243</v>
       </c>
       <c r="C6" t="s">
         <v>13</v>
       </c>
       <c r="D6" t="s">
         <v>13</v>
       </c>
       <c r="E6" t="s">
-        <v>250</v>
+        <v>244</v>
       </c>
       <c r="F6" t="s">
         <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>251</v>
+        <v>245</v>
       </c>
       <c r="H6" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="I6" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B7" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="C7" t="s">
         <v>13</v>
       </c>
       <c r="D7" t="s">
         <v>13</v>
       </c>
       <c r="E7" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="F7" t="s">
         <v>13</v>
       </c>
       <c r="G7" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="H7" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="I7" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B8" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="C8" t="s">
         <v>13</v>
       </c>
       <c r="D8" t="s">
         <v>13</v>
       </c>
       <c r="E8" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="F8" t="s">
         <v>13</v>
       </c>
       <c r="G8" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="H8" t="s">
-        <v>260</v>
+        <v>254</v>
       </c>
       <c r="I8" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B9" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="C9" t="s">
         <v>13</v>
       </c>
       <c r="D9" t="s">
         <v>13</v>
       </c>
       <c r="E9" t="s">
-        <v>262</v>
+        <v>256</v>
       </c>
       <c r="F9" t="s">
         <v>13</v>
       </c>
       <c r="G9" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="H9" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="I9" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="B10" t="s">
-        <v>265</v>
+        <v>259</v>
       </c>
       <c r="C10" t="s">
         <v>13</v>
       </c>
       <c r="D10" t="s">
         <v>13</v>
       </c>
       <c r="E10" t="s">
-        <v>266</v>
+        <v>260</v>
       </c>
       <c r="F10" t="s">
         <v>13</v>
       </c>
       <c r="G10" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="H10" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="I10" t="s">
-        <v>236</v>
+        <v>230</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:I1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>263</v>
+      </c>
+      <c r="B2" t="s">
+        <v>264</v>
+      </c>
+      <c r="C2" t="s">
+        <v>265</v>
+      </c>
+      <c r="D2" t="s">
+        <v>266</v>
+      </c>
+      <c r="E2" t="s">
+        <v>267</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>268</v>
+      </c>
+      <c r="H2" t="s">
         <v>269</v>
-      </c>
-[...19 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="B3" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="C3" t="s">
-        <v>277</v>
+        <v>271</v>
       </c>
       <c r="D3" t="s">
-        <v>278</v>
+        <v>272</v>
       </c>
       <c r="E3" t="s">
-        <v>279</v>
+        <v>273</v>
       </c>
       <c r="F3" t="s">
         <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>280</v>
+        <v>274</v>
       </c>
       <c r="H3" t="s">
-        <v>281</v>
+        <v>275</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>276</v>
+      </c>
+      <c r="B2" t="s">
+        <v>277</v>
+      </c>
+      <c r="C2" t="s">
+        <v>278</v>
+      </c>
+      <c r="D2" t="s">
+        <v>279</v>
+      </c>
+      <c r="E2" t="s">
+        <v>280</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>281</v>
+      </c>
+      <c r="H2" t="s">
         <v>282</v>
-      </c>
-[...19 lines deleted...]
-        <v>288</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:O6"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
       <c r="I1" t="s">
-        <v>289</v>
+        <v>283</v>
       </c>
       <c r="J1" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="K1" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>286</v>
+      </c>
+      <c r="B2" t="s">
+        <v>287</v>
+      </c>
+      <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
+        <v>288</v>
+      </c>
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
+        <v>289</v>
+      </c>
+      <c r="H2" t="s">
+        <v>290</v>
+      </c>
+      <c r="I2" t="s">
+        <v>291</v>
+      </c>
+      <c r="J2" t="s">
         <v>292</v>
       </c>
-      <c r="B2" t="s">
+      <c r="K2" t="s">
         <v>293</v>
       </c>
-      <c r="C2" t="s">
-[...5 lines deleted...]
-      <c r="E2" t="s">
+      <c r="L2" t="s">
         <v>294</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="M2" t="s">
         <v>295</v>
       </c>
-      <c r="H2" t="s">
+      <c r="N2" t="s">
         <v>296</v>
       </c>
-      <c r="I2" t="s">
+      <c r="O2" t="s">
         <v>297</v>
-      </c>
-[...16 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
+        <v>286</v>
+      </c>
+      <c r="B3" t="s">
+        <v>298</v>
+      </c>
+      <c r="C3" t="s">
+        <v>13</v>
+      </c>
+      <c r="D3" t="s">
+        <v>13</v>
+      </c>
+      <c r="E3" t="s">
+        <v>299</v>
+      </c>
+      <c r="F3" t="s">
+        <v>13</v>
+      </c>
+      <c r="G3" t="s">
+        <v>300</v>
+      </c>
+      <c r="H3" t="s">
+        <v>301</v>
+      </c>
+      <c r="I3" t="s">
+        <v>302</v>
+      </c>
+      <c r="J3" t="s">
         <v>292</v>
       </c>
-      <c r="B3" t="s">
+      <c r="K3" t="s">
+        <v>303</v>
+      </c>
+      <c r="L3" t="s">
         <v>304</v>
       </c>
-      <c r="C3" t="s">
-[...5 lines deleted...]
-      <c r="E3" t="s">
+      <c r="M3" t="s">
         <v>305</v>
-      </c>
-[...22 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B4" t="s">
+        <v>306</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>13</v>
+      </c>
+      <c r="E4" t="s">
+        <v>307</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>308</v>
+      </c>
+      <c r="H4" t="s">
+        <v>309</v>
+      </c>
+      <c r="I4" t="s">
+        <v>310</v>
+      </c>
+      <c r="J4" t="s">
+        <v>311</v>
+      </c>
+      <c r="K4" t="s">
         <v>312</v>
-      </c>
-[...25 lines deleted...]
-        <v>318</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B5" t="s">
-        <v>319</v>
+        <v>313</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5" t="s">
         <v>13</v>
       </c>
       <c r="E5" t="s">
-        <v>320</v>
+        <v>314</v>
       </c>
       <c r="F5" t="s">
         <v>13</v>
       </c>
       <c r="G5" t="s">
-        <v>321</v>
+        <v>315</v>
       </c>
       <c r="H5" t="s">
-        <v>322</v>
+        <v>316</v>
       </c>
       <c r="I5" t="s">
-        <v>323</v>
+        <v>317</v>
       </c>
       <c r="J5" t="s">
-        <v>317</v>
+        <v>311</v>
       </c>
       <c r="K5" t="s">
-        <v>324</v>
+        <v>318</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B6" t="s">
+        <v>319</v>
+      </c>
+      <c r="C6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D6" t="s">
+        <v>13</v>
+      </c>
+      <c r="E6" t="s">
+        <v>320</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>321</v>
+      </c>
+      <c r="H6" t="s">
+        <v>322</v>
+      </c>
+      <c r="I6" t="s">
+        <v>323</v>
+      </c>
+      <c r="J6" t="s">
+        <v>324</v>
+      </c>
+      <c r="K6" t="s">
         <v>325</v>
-      </c>
-[...25 lines deleted...]
-        <v>331</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>