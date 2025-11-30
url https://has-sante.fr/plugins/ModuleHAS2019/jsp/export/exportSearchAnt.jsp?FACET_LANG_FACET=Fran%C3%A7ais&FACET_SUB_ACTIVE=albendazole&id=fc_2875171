--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -1,687 +1,377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Guide maladie chronique" r:id="rId3" sheetId="1"/>
-[...1 lines deleted...]
-    <sheet name="Export Medicament" r:id="rId5" sheetId="3"/>
+    <sheet name="Export " r:id="rId3" sheetId="1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
-[...1 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export '!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="107" uniqueCount="67">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="48" uniqueCount="38">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Guide maladie chronique</t>
-[...5 lines deleted...]
-    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient présentant un syndrome hyperéosinophilique (SHE). Il a été élaboré sous l'égide du centre de référence des syndromes hyperéosinophiliques (CEREO) et de la filière de santé Mmaladies-rares immuno-hématologiques (MaRIH) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Updating of medical pathology procedures concerning the diagnosis of cysticercosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Cysticercosis is the infection of humans by the larval stage of Taenia solium, a tapeworm of the class Cestoda, that parasitises the small intestine. It is found primarily in tropical and sub-tropical regions, though it persists in some European countries. The three most commonly encountered forms of cysticercosis are: i) subcutaneous and muscular cysticercosis, ii) neurocysticercosis and iii) ocular cysticercosis. According to the WHO, 30% of cases of epilepsy worldwide could be ascribed to neurocysticercosis. This would represent between 2.56 and 8.30 million cases of neurocysticercosis per 50,000 deaths per year. Cysticercosis is difficult to diagnose due to the low specificity of the clinical signs and to the time to onset of symptoms after infection. Biological diagnosis is based primarily on the detection of antibodies in serum or cerebrospinal fluid</t>
+  </si>
+  <si>
+    <t>06/20/2018 00:00:00</t>
+  </si>
+  <si>
+    <t>07/05/2018 10:48:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>30/06/2022 15:05:00</t>
-[...38 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2823986/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-cysticercose-argumentaire</t>
+    <t>https://www.has-sante.fr/jcms/c_2823986/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-cysticercosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2823986</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la trichinellose - Argumentaire</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2860414/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-trichinellose-argumentaire</t>
+    <t>Updating of medical pathology procedures concerning the diagnosis of trichinellosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Trichinellosis is a cosmopolitan zoonosis transmitted by eating raw meat contaminated with a nematode of the genus Trichinella. Between 2001 and 2003 in France, there were approximately ten confirmed cases. In humans, trichinellosis occurs in the form of small sporadic epidemics. Human trichinellosis generally starts with diarrhoea and high fever, facial oedema and myalgia. Depending on the occurrence of neurological or cardiac complications, the prognosis may be dramatic. Depending on the extent of contamination, human trichinellosis may go unnoticed, be limited to palpebral oedema, or be fatal following allergic shock. Biological diagnosis relies on serology and possibly muscle biopsy. The aim of this work is to draw up the list of serological diagnostic techniques currently relevant to the diagnosis of trichinellosis</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2860414/en/updating-of-medical-pathology-procedures-concerning-the-diagnosis-of-trichinellosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2860414</t>
   </si>
   <si>
-    <t>Actualisation de la nomenclature des actes de biologie médicale pour le diagnostic et le suivi des filarioses</t>
-[...2 lines deleted...]
-    <t>Diagnostic biologique concernant les filarioses tropicales les plus fréquentes (loase, mansonelloses, filariose lymphatique, onchocercose) et pouvant être retrouvées en zones non endémiques chez des individus provenant des zones exposées (migrants, expatriés, voyageurs).</t>
+    <t>Update of the Nomenclature of Laboratory Medicine Procedures for the diagnosis and monitoring of filariasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Following the request for assessment from the National Health Insurance proposing a revision of the reimbursed laboratory medicine procedures, this work was carried out to assess the laboratory medicine procedures related to the laboratory diagnosis of the most common types of tropical filariasis (loiasis, mansonellosis, lymphatic filariasis, onchocerciasis), which can be found in non-endemic areas in individuals from exposed areas (migrants, expatriates, travellers)</t>
   </si>
   <si>
     <t>04/04/2018 00:00:00</t>
   </si>
   <si>
-    <t>16/04/2018 17:01:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2801837/fr/actualisation-de-la-nomenclature-des-actes-de-biologie-medicale-pour-le-diagnostic-et-le-suivi-des-filarioses</t>
+    <t>04/16/2018 17:01:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2801837/en/update-of-the-nomenclature-of-laboratory-medicine-procedures-for-the-diagnosis-and-monitoring-of-filariasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2801837</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic des échinococcoses larvaires</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2749012/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-des-echinococcoses-larvaires</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of larval echinococcosis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>Echinococcosis is a zoonotic disease caused by tapeworm larvae of the genus Echinococcus. The aim of this report was to review the serological techniques for detecting anti-Echinococcus antibodies that are currently validated for initial testing, confirming diagnosis and follow-up of treated patients. . This work responds to a request from French National Health Insurance regarding updating the list of Procedures in Medical Biology (NABM ) that it reimburses. This request envisaged limiting initial testing to enzyme immunoassay techniques (EIA/ELISA) and indirect haemagglutination (IHA), confirmation to the Western blot (WB), and finally to specify in the wording of the follow-up that the technique used must be quantitative</t>
+  </si>
+  <si>
+    <t>07/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>07/25/2017 17:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2749012/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-larval-echinococcosis-inahta-brief</t>
   </si>
   <si>
     <t>c_2749012</t>
   </si>
   <si>
-    <t>Actualisation des actes de biologie médicale relatifs au diagnostic de la strongyloïdose (anguillulose)</t>
-[...11 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2729708/fr/actualisation-des-actes-de-biologie-medicale-relatifs-au-diagnostic-de-la-strongyloidose-anguillulose</t>
+    <t>Update of laboratory medicine procedures related to the diagnosis of strongyloidiasis - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this work is to assess the relevance of the proposals to amend the diagnostic procedures for strongyloidiasis – testing for larvae in the stool and serum antibody testing – by specifying their indications and the techniques used</t>
+  </si>
+  <si>
+    <t>04/19/2017 00:00:00</t>
+  </si>
+  <si>
+    <t>04/25/2017 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2729708/en/update-of-laboratory-medicine-procedures-related-to-the-diagnosis-of-strongyloidiasis-inahta-brief</t>
   </si>
   <si>
     <t>c_2729708</t>
-  </si>
-[...52 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2762903/fr/zentel-albendazole</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H3"/>
+  <dimension ref="A1:H6"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>8</v>
       </c>
       <c r="B2" t="s">
         <v>9</v>
       </c>
       <c r="C2" t="s">
         <v>10</v>
       </c>
       <c r="D2" t="s">
         <v>11</v>
       </c>
       <c r="E2" t="s">
         <v>12</v>
       </c>
       <c r="F2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="H2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C3" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
       <c r="E3" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="F3" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
         <v>18</v>
       </c>
       <c r="H3" t="s">
         <v>19</v>
       </c>
     </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B4" t="s">
+        <v>20</v>
+      </c>
+      <c r="C4" t="s">
+        <v>21</v>
+      </c>
+      <c r="D4" t="s">
+        <v>22</v>
+      </c>
+      <c r="E4" t="s">
+        <v>23</v>
+      </c>
+      <c r="F4" t="s">
+        <v>13</v>
+      </c>
+      <c r="G4" t="s">
+        <v>24</v>
+      </c>
+      <c r="H4" t="s">
+        <v>25</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F5" t="s">
+        <v>13</v>
+      </c>
+      <c r="G5" t="s">
+        <v>30</v>
+      </c>
+      <c r="H5" t="s">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
+        <v>32</v>
+      </c>
+      <c r="C6" t="s">
+        <v>33</v>
+      </c>
+      <c r="D6" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" t="s">
+        <v>35</v>
+      </c>
+      <c r="F6" t="s">
+        <v>13</v>
+      </c>
+      <c r="G6" t="s">
+        <v>36</v>
+      </c>
+      <c r="H6" t="s">
+        <v>37</v>
+      </c>
+    </row>
   </sheetData>
   <autoFilter ref="B1:H1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...293 lines deleted...]
-  <autoFilter ref="B1:K1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>