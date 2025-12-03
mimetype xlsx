--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -1,1588 +1,392 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
-[...4 lines deleted...]
-  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
-[...6 lines deleted...]
-    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
+    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
-[...6 lines deleted...]
-    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="285" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="35">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Description</t>
-[...8 lines deleted...]
-    <t>SIR-SPHERES Y-90 RESIN MICROSPHERES (SIR-SPHERES)</t>
+    <t>Health technology assessment</t>
+  </si>
+  <si>
+    <t>Pancreatic islet transplantation - INAHTA Brief</t>
+  </si>
+  <si>
+    <t>The objective of this study was to assess the safety, efficacy and conditions for performance of pancreatic islet (or islets of Langerhans) transplantation (IT) in several indications: patients with chronically unstable insulin-dependent diabetes (type 1 diabetes) with preserved renal function (allogeneic transplantation); patients with insulin-dependent diabetes and renal failure (usually due to diabetic kidney disease) with an indication for kidney transplantation, in which case IT may be simultaneous or delayed (allogeneic transplantation); patients with insulin-dependent diabetes with a functional kidney graft and presenting an HbA1c level ≥ 7% or severe hypoglycaemia (allogeneic transplantation); patients at risk of insulinopaenic or insulin-dependent diabetes following extensive or total pancreatic surgery or following a pancreatic injury causing extensive or total devascularisation of the pancreas (autologous transplantation). This work was also conducted with a view to registration of IT on the list of joint classification of medical procedures (CCAM) and funding by the national health insurance system in France.</t>
+  </si>
+  <si>
+    <t>07/16/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>07/20/2020 09:32:00</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>24/05/2022 00:00:00</t>
-[...71 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
+    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Type d'évènement</t>
-[...173 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2883482/fr/nanocoll-albumine-humaine-serique-solution-d-/-stanneux-chlorure-dihydrate</t>
+    <t>Active ingredient</t>
+  </si>
+  <si>
+    <t>Laboratory / Manufacturer</t>
+  </si>
+  <si>
+    <t>Opinions on drugs</t>
+  </si>
+  <si>
+    <t>Medicine</t>
   </si>
   <si>
     <t>ALBUMINE HUMAINE IODEE CIS BIO INTERNATIONAL [SERALB-125] (albumine humaine iodée [125 I])</t>
   </si>
   <si>
-    <t>05/07/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983613/fr/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
+    <t>07/05/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983613/en/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
   </si>
   <si>
     <t>pprd_2983613</t>
   </si>
   <si>
     <t>albumine humaine iodée [125 I]</t>
   </si>
   <si>
     <t>CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400113/fr/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769384/fr/albumine-humaine-iodee-cis-bio-international-ref-seralb-125-albumine-humaine-iodee-produit-radiopharmaceutique-a-usage-diagnostique</t>
+    <t>https://www.has-sante.fr/jcms/c_400113/en/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_467700/en/albumine-humaine-baxter-bioscience-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769384/en/iodinated-human-albumin-125i-cis-bio-international-iodinated-human-albumin-radiopharmaceutical-product-for-diagnostic-use</t>
   </si>
   <si>
     <t>ROTOP-nanoHSA (nanocolloïdes d’albumine humaine marquée au 99mTc)</t>
   </si>
   <si>
-    <t>01/06/2015 13:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984572/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
+    <t>06/01/2015 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984572/en/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
   </si>
   <si>
     <t>pprd_2984572</t>
   </si>
   <si>
     <t>nanocolloïdes d’albumine humaine marquée au 99mTc</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025598/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc-produit-radiopharmaceutique</t>
-[...107 lines deleted...]
-    <t>c_462982</t>
+    <t>https://www.has-sante.fr/jcms/c_2025598/en/rotop-nanohsa-99mtc-labelled-human-albumin-nanocolloid-radiopharmaceutical-agent</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:J2"/>
+  <dimension ref="A1:H2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
+        <v>8</v>
+      </c>
+      <c r="B2" t="s">
+        <v>9</v>
+      </c>
+      <c r="C2" t="s">
         <v>10</v>
       </c>
-      <c r="B2" t="s">
+      <c r="D2" t="s">
         <v>11</v>
       </c>
-      <c r="C2" t="s">
+      <c r="E2" t="s">
         <v>12</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>14</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>15</v>
       </c>
-      <c r="H2" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:J1"/>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>16</v>
+      </c>
+      <c r="J1" t="s">
+        <v>17</v>
+      </c>
+      <c r="K1" t="s">
+        <v>18</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D2" t="s">
+        <v>13</v>
+      </c>
+      <c r="E2" t="s">
         <v>21</v>
       </c>
-      <c r="D2" t="s">
-[...2 lines deleted...]
-      <c r="E2" t="s">
+      <c r="F2" t="s">
+        <v>13</v>
+      </c>
+      <c r="G2" t="s">
         <v>22</v>
       </c>
-      <c r="F2" t="s">
-[...2 lines deleted...]
-      <c r="G2" t="s">
+      <c r="H2" t="s">
         <v>23</v>
       </c>
-      <c r="H2" t="s">
+      <c r="I2" t="s">
         <v>24</v>
       </c>
-    </row>
-[...41 lines deleted...]
-      <c r="A2" t="s">
+      <c r="J2" t="s">
         <v>25</v>
       </c>
-      <c r="B2" t="s">
+      <c r="K2" t="s">
         <v>26</v>
       </c>
-      <c r="C2" t="s">
+      <c r="L2" t="s">
         <v>27</v>
       </c>
-      <c r="D2" t="s">
+      <c r="M2" t="s">
         <v>28</v>
-      </c>
-[...148 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="B3" t="s">
-        <v>46</v>
+        <v>29</v>
       </c>
       <c r="C3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E3" t="s">
-        <v>47</v>
+        <v>30</v>
       </c>
       <c r="F3" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>48</v>
+        <v>31</v>
       </c>
       <c r="H3" t="s">
-        <v>49</v>
+        <v>32</v>
       </c>
       <c r="I3" t="s">
-        <v>45</v>
-[...265 lines deleted...]
-        <v>76</v>
+        <v>33</v>
       </c>
       <c r="J3" t="s">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="K3" t="s">
-        <v>84</v>
-[...285 lines deleted...]
-        <v>137</v>
+        <v>34</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
-  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
-[...90 lines deleted...]
-  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>