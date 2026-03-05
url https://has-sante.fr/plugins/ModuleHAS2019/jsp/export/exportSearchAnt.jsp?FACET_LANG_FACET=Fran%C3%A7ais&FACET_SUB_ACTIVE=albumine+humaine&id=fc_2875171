--- v1 (2025-12-03)
+++ v2 (2026-03-05)
@@ -1,392 +1,1629 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet2.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet3.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet4.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet5.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet6.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet7.xml"/>
+  <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet8.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
-    <sheet name="Export Health technology assess" r:id="rId3" sheetId="1"/>
-    <sheet name="Export Drugs" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Avis sur les dispositifs" r:id="rId3" sheetId="1"/>
+    <sheet name="Export Guide maladie chronique" r:id="rId4" sheetId="2"/>
+    <sheet name="Export Recommandation de bonne " r:id="rId5" sheetId="3"/>
+    <sheet name="Export Evaluation des technolog" r:id="rId6" sheetId="4"/>
+    <sheet name="Export évènement de calendrier" r:id="rId7" sheetId="5"/>
+    <sheet name="Export Recommandation vaccinale" r:id="rId8" sheetId="6"/>
+    <sheet name="Export Medicament" r:id="rId9" sheetId="7"/>
+    <sheet name="Export Article HAS" r:id="rId10" sheetId="8"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Health technology assess'!$B$1:$H$1</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Drugs'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="true">'Export Avis sur les dispositifs'!$B$1:$J$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="1" hidden="true">'Export Guide maladie chronique'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="2" hidden="true">'Export Recommandation de bonne '!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="3" hidden="true">'Export Evaluation des technolog'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="4" hidden="true">'Export évènement de calendrier'!$B$1:$I$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="5" hidden="true">'Export Recommandation vaccinale'!$B$1:$H$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="6" hidden="true">'Export Medicament'!$B$1:$K$1</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="7" hidden="true">'Export Article HAS'!$B$1:$H$1</definedName>
   </definedNames>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="51" uniqueCount="35">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="293" uniqueCount="154">
   <si>
     <t>Type de contenu</t>
   </si>
   <si>
     <t>Titre</t>
   </si>
   <si>
     <t>Résumé</t>
   </si>
   <si>
     <t>Date de validation</t>
   </si>
   <si>
     <t>Date de publication</t>
   </si>
   <si>
     <t>Date de modification majeure</t>
   </si>
   <si>
     <t>Url</t>
   </si>
   <si>
     <t>Identifiant</t>
   </si>
   <si>
-    <t>Health technology assessment</t>
-[...11 lines deleted...]
-    <t>07/20/2020 09:32:00</t>
+    <t>Description</t>
+  </si>
+  <si>
+    <t>Laboratoire / Fabricant</t>
+  </si>
+  <si>
+    <t>Avis sur les dispositifs médicaux et autres produits de santé</t>
+  </si>
+  <si>
+    <t>SIR-SPHERES Y-90 RESIN MICROSPHERES (SIR-SPHERES)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/p_3114652/en/pancreatic-islet-transplantation-inahta-brief</t>
+    <t>24/05/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>30/05/2022 09:06:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3341504/fr/sir-spheres-y-90-resin-microspheres-sir-spheres</t>
+  </si>
+  <si>
+    <t>p_3341504</t>
+  </si>
+  <si>
+    <t>Microsphères d’Yttrium 90</t>
+  </si>
+  <si>
+    <t>SIRTEX MEDICAL EUROPE GmbH</t>
+  </si>
+  <si>
+    <t>Guide maladie chronique</t>
+  </si>
+  <si>
+    <t>Hypercholestérolémie Familiale Homozygote</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HFHo. Il a été élaboré par le Centre d’Expertise des Dyslipidémies Rares (CEDRA) à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>26/01/2026 08:38:40</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3826396/fr/hypercholesterolemie-familiale-homozygote</t>
+  </si>
+  <si>
+    <t>p_3826396</t>
+  </si>
+  <si>
+    <t>Hémophilie A acquise</t>
+  </si>
+  <si>
+    <t>Ce protocole national de diagnostic et de soins (PNDS) explicite aux professionnels concernés la prise en charge diagnostique et thérapeutique optimale et le parcours de soins d’un patient atteint d’HAA. Il a été élaboré par le Centre de Référence de l’Hémophilie et autres déficits rares en protéines de la coagulation à l’aide d’une méthodologie proposée par la HAS. Il n’a pas fait l’objet d’une validation par la HAS qui n’a pas participé à son élaboration.</t>
+  </si>
+  <si>
+    <t>04/03/2025 15:55:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3594164/fr/hemophilie-a-acquise</t>
+  </si>
+  <si>
+    <t>p_3594164</t>
+  </si>
+  <si>
+    <t>Recommandation de bonne pratique</t>
+  </si>
+  <si>
+    <t>Prise en charge des complications chez les malades atteints de cirrhose</t>
+  </si>
+  <si>
+    <t>Ces recommandations ont pour objectif de diminuer la morbi-mortalité associée à la cirrhose par le traitement et la prévention secondaire des complications quelle que soit la cause de l’atteinte hépatique.</t>
+  </si>
+  <si>
+    <t>01/09/2007 00:00:00</t>
+  </si>
+  <si>
+    <t>24/12/2007 11:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_606527/fr/prise-en-charge-des-complications-chez-les-malades-atteints-de-cirrhose</t>
+  </si>
+  <si>
+    <t>c_606527</t>
+  </si>
+  <si>
+    <t>Evaluation des technologies de santé</t>
+  </si>
+  <si>
+    <t>Transplantation d’îlots pancréatiques</t>
+  </si>
+  <si>
+    <t>La HAS a évalué la sécurité, l’efficacité et les conditions de réalisation de l’acte de transplantation d’îlots pancréatiques (ou de Langerhans) (TIL) dans plusieurs indications. Elle recommande une réévaluation de cet acte à cinq ans pour tenir compte des avancées thérapeutiques et scientifiques potentielles.</t>
+  </si>
+  <si>
+    <t>16/07/2020 00:00:00</t>
+  </si>
+  <si>
+    <t>20/07/2020 09:32:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3114652/fr/transplantation-d-ilots-pancreatiques</t>
   </si>
   <si>
     <t>p_3114652</t>
   </si>
   <si>
-    <t>Active ingredient</t>
-[...8 lines deleted...]
-    <t>Medicine</t>
+    <t>Type d'évènement</t>
+  </si>
+  <si>
+    <t>Evénement de Calendrier</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 19 juillet 2023</t>
+  </si>
+  <si>
+    <t>20/07/2023 14:38:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3452781/fr/commission-de-la-transparence-reunion-du-19-juillet-2023</t>
+  </si>
+  <si>
+    <t>p_3452781</t>
+  </si>
+  <si>
+    <t>Commission</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion à distance du 8 juillet 2020</t>
+  </si>
+  <si>
+    <t>02/07/2020 08:10:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3192426/fr/commission-de-la-transparence-reunion-a-distance-du-8-juillet-2020</t>
+  </si>
+  <si>
+    <t>p_3192426</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 17 octobre 2018</t>
+  </si>
+  <si>
+    <t>10/10/2018 10:57:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2877030/fr/commission-de-la-transparence-reunion-du-17-octobre-2018</t>
+  </si>
+  <si>
+    <t>c_2877030</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 3 mai 2017</t>
+  </si>
+  <si>
+    <t>26/04/2017 11:51:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2757710/fr/commission-de-la-transparence-reunion-du-3-mai-2017</t>
+  </si>
+  <si>
+    <t>c_2757710</t>
+  </si>
+  <si>
+    <t>Commission de la transparence - Réunion du 18 mars 2015</t>
+  </si>
+  <si>
+    <t>12/03/2015 11:18:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2019696/fr/commission-de-la-transparence-reunion-du-18-mars-2015</t>
+  </si>
+  <si>
+    <t>c_2019696</t>
+  </si>
+  <si>
+    <t>Recommandation vaccinale</t>
+  </si>
+  <si>
+    <t>Stratégie de vaccination contre la Covid-19 : Place du vaccin VLA2001</t>
+  </si>
+  <si>
+    <t>Au terme de son évaluation, la HAS ne recommande pas l’utilisation du vaccin VLA2001 en primovaccination dans la stratégie de vaccination contre la Covid-19 actuelle, compte tenu du contexte épidémiologique actuel en France, des données disponibles encore trop limitées à ce jour et de la disponibilité d’alternatives.</t>
+  </si>
+  <si>
+    <t>01/12/2022 00:00:00</t>
+  </si>
+  <si>
+    <t>08/12/2022 11:15:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3394248/fr/strategie-de-vaccination-contre-la-covid-19-place-du-vaccin-vla2001</t>
+  </si>
+  <si>
+    <t>p_3394248</t>
+  </si>
+  <si>
+    <t>Substance active (DCI)</t>
+  </si>
+  <si>
+    <t>Avis sur les Médicaments</t>
+  </si>
+  <si>
+    <t>Médicament</t>
+  </si>
+  <si>
+    <t>ALBUMINE HUMAINE BIOTEST (albumine humaine)</t>
+  </si>
+  <si>
+    <t>27/07/2023 10:25:58</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3455652/fr/albumine-humaine-biotest-albumine-humaine</t>
+  </si>
+  <si>
+    <t>p_3455652</t>
+  </si>
+  <si>
+    <t>albumine humaine</t>
+  </si>
+  <si>
+    <t>BIOTEST PHARMA GMBH</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3454343/fr/albumine-humaine-biotest-albumine-humaine-hypovolemie</t>
+  </si>
+  <si>
+    <t>ALBUTEIN (albumine humaine)</t>
+  </si>
+  <si>
+    <t>08/07/2022 13:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3351161/fr/albutein-albumine-humaine</t>
+  </si>
+  <si>
+    <t>p_3351161</t>
+  </si>
+  <si>
+    <t>GRIFOLS France</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3349488/fr/albutein-albumine-humaine-restauration-du-volume-sanguin</t>
+  </si>
+  <si>
+    <t>ALBUREX (albumine humaine)</t>
+  </si>
+  <si>
+    <t>10/07/2020 14:36:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193826/fr/alburex-albumine-humaine</t>
+  </si>
+  <si>
+    <t>p_3193826</t>
+  </si>
+  <si>
+    <t>CSL BEHRING</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/p_3193736/fr/alburex-albumine-humaine</t>
+  </si>
+  <si>
+    <t>NANOCOLL (albumine humaine sérique (solution d')/ stanneux (chlorure) dihydraté)</t>
+  </si>
+  <si>
+    <t>04/12/2018 10:05:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983032/fr/nanocoll-albumine-humaine-serique-solution-d-/-stanneux-chlorure-dihydrate</t>
+  </si>
+  <si>
+    <t>pprd_2983032</t>
+  </si>
+  <si>
+    <t>albumine humaine sérique (solution d'),stanneux (chlorure) dihydraté</t>
+  </si>
+  <si>
+    <t>GE HEALTHCARE SAS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2883482/fr/nanocoll-albumine-humaine-serique-solution-d-/-stanneux-chlorure-dihydrate</t>
   </si>
   <si>
     <t>ALBUMINE HUMAINE IODEE CIS BIO INTERNATIONAL [SERALB-125] (albumine humaine iodée [125 I])</t>
   </si>
   <si>
-    <t>07/05/2017 08:39:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2983613/en/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
+    <t>05/07/2017 08:39:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2983613/fr/albumine-humaine-iodee-cis-bio-international-seralb-125-albumine-humaine-iodee-125-i</t>
   </si>
   <si>
     <t>pprd_2983613</t>
   </si>
   <si>
     <t>albumine humaine iodée [125 I]</t>
   </si>
   <si>
     <t>CIS BIO INTERNATIONAL</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_400113/en/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
-[...5 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/c_2769384/en/iodinated-human-albumin-125i-cis-bio-international-iodinated-human-albumin-radiopharmaceutical-product-for-diagnostic-use</t>
+    <t>https://www.has-sante.fr/jcms/c_400113/fr/albumine-humaine-baxter-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_467700/fr/albumine-humaine-baxter-bioscience-albumine-humaine-iodee-125-i</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_2769384/fr/albumine-humaine-iodee-cis-bio-international-ref-seralb-125-albumine-humaine-iodee-produit-radiopharmaceutique-a-usage-diagnostique</t>
   </si>
   <si>
     <t>ROTOP-nanoHSA (nanocolloïdes d’albumine humaine marquée au 99mTc)</t>
   </si>
   <si>
-    <t>06/01/2015 13:40:00</t>
-[...2 lines deleted...]
-    <t>https://www.has-sante.fr/jcms/pprd_2984572/en/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
+    <t>01/06/2015 13:40:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2984572/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc</t>
   </si>
   <si>
     <t>pprd_2984572</t>
   </si>
   <si>
     <t>nanocolloïdes d’albumine humaine marquée au 99mTc</t>
   </si>
   <si>
-    <t>https://www.has-sante.fr/jcms/c_2025598/en/rotop-nanohsa-99mtc-labelled-human-albumin-nanocolloid-radiopharmaceutical-agent</t>
+    <t>https://www.has-sante.fr/jcms/c_2025598/fr/rotop-nanohsa-nanocolloides-d-albumine-humaine-marquee-au-99mtc-produit-radiopharmaceutique</t>
+  </si>
+  <si>
+    <t>YDRALBUM (albumine humaine)</t>
+  </si>
+  <si>
+    <t>04/05/2012 09:24:54</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985032/fr/ydralbum-albumine-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2985032</t>
+  </si>
+  <si>
+    <t>Laboratoire LFB-BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_1242855/fr/ydralbum-albumine-humaine</t>
+  </si>
+  <si>
+    <t>MACROSALB DRAXIMAGE (macroéagrégat d'albumine humaine (macrosalb))</t>
+  </si>
+  <si>
+    <t>06/10/2010 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985244/fr/macrosalb-draximage-macroeagregat-d-albumine-humaine-macrosalb</t>
+  </si>
+  <si>
+    <t>pprd_2985244</t>
+  </si>
+  <si>
+    <t>macroéagrégat d'albumine humaine (macrosalb)</t>
+  </si>
+  <si>
+    <t>Laboratoire GUERBET</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_994265/fr/macrosalb-draximage-macroeagregat-d-albumine-humaine-macrosalb</t>
+  </si>
+  <si>
+    <t>VIALEBEX (albumine humaine)</t>
+  </si>
+  <si>
+    <t>14/02/2007 16:08:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985459/fr/vialebex-albumine-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2985459</t>
+  </si>
+  <si>
+    <t>LFB BIOMEDICAMENTS</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_493533/fr/vialebex-albumine-humaine</t>
+  </si>
+  <si>
+    <t>OCTALBINE (albumine humaine)</t>
+  </si>
+  <si>
+    <t>21/05/2003 00:00:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/pprd_2985942/fr/octalbine-albumine-humaine</t>
+  </si>
+  <si>
+    <t>pprd_2985942</t>
+  </si>
+  <si>
+    <t>OCTAPHARMA S.A.S</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_399838/fr/octalbine-50-mg/ml-solution-pour-perfusion-flacon-de-100-ml-boite-de-1-flacon-de-250-ml-boite-de-1-octalbine-200-mg/ml-solution-pour-perfusion-flacon-de-100-ml-boite-de-1-flacon-de-250-ml-boite-de-1</t>
+  </si>
+  <si>
+    <t>Article HAS</t>
+  </si>
+  <si>
+    <t>Publications archivées</t>
+  </si>
+  <si>
+    <t>Liste des publications archivées classées par type de document</t>
+  </si>
+  <si>
+    <t>27/03/2013 17:16:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/r_1505659/fr/publications-archivees</t>
+  </si>
+  <si>
+    <t>r_1505659</t>
+  </si>
+  <si>
+    <t>Archives historiques</t>
+  </si>
+  <si>
+    <t>La Section archives de la HAS met à la disposition des chercheurs deux instruments de recherche. Il s’agit de répertoires numériques proposant une description détaillée.</t>
+  </si>
+  <si>
+    <t>05/05/2011 17:22:00</t>
+  </si>
+  <si>
+    <t>https://www.has-sante.fr/jcms/c_462982/fr/archives-historiques</t>
+  </si>
+  <si>
+    <t>c_462982</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0">
       <alignment wrapText="true"/>
     </xf>
   </cellXfs>
 </styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
+<file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="no"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId10" Target="worksheets/sheet8.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId4" Target="worksheets/sheet2.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId5" Target="worksheets/sheet3.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId6" Target="worksheets/sheet4.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId7" Target="worksheets/sheet5.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId8" Target="worksheets/sheet6.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/><Relationship Id="rId9" Target="worksheets/sheet7.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H2"/>
+  <dimension ref="A1:J2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
+      <c r="I1" t="s">
+        <v>8</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B2" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="C2" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D2" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="E2" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="H2" t="s">
-        <v>15</v>
+        <v>16</v>
+      </c>
+      <c r="I2" t="s">
+        <v>17</v>
+      </c>
+      <c r="J2" t="s">
+        <v>18</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="B1:H1"/>
+  <autoFilter ref="B1:J1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:M3"/>
+  <dimension ref="A1:H3"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
         <v>7</v>
       </c>
-      <c r="I1" t="s">
-[...7 lines deleted...]
-      </c>
     </row>
     <row r="2">
       <c r="A2" t="s">
         <v>19</v>
       </c>
       <c r="B2" t="s">
         <v>20</v>
       </c>
       <c r="C2" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="D2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E2" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F2" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G2" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="H2" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="I2" t="s">
         <v>24</v>
-      </c>
-[...10 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
+        <v>25</v>
+      </c>
+      <c r="C3" t="s">
+        <v>26</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>28</v>
+      </c>
+      <c r="H3" t="s">
         <v>29</v>
       </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>30</v>
+      </c>
+      <c r="B2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D2" t="s">
+        <v>33</v>
+      </c>
+      <c r="E2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>36</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>37</v>
+      </c>
+      <c r="B2" t="s">
+        <v>38</v>
+      </c>
+      <c r="C2" t="s">
+        <v>39</v>
+      </c>
+      <c r="D2" t="s">
+        <v>40</v>
+      </c>
+      <c r="E2" t="s">
+        <v>41</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>42</v>
+      </c>
+      <c r="H2" t="s">
+        <v>43</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:I6"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>45</v>
+      </c>
+      <c r="B2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>47</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>48</v>
+      </c>
+      <c r="H2" t="s">
+        <v>49</v>
+      </c>
+      <c r="I2" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>45</v>
+      </c>
+      <c r="B3" t="s">
+        <v>51</v>
+      </c>
       <c r="C3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="E3" t="s">
-        <v>30</v>
+        <v>52</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G3" t="s">
-        <v>31</v>
+        <v>53</v>
       </c>
       <c r="H3" t="s">
-        <v>32</v>
+        <v>54</v>
       </c>
       <c r="I3" t="s">
-        <v>33</v>
+        <v>50</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B4" t="s">
+        <v>55</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>56</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>57</v>
+      </c>
+      <c r="H4" t="s">
+        <v>58</v>
+      </c>
+      <c r="I4" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" t="s">
+        <v>59</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>61</v>
+      </c>
+      <c r="H5" t="s">
+        <v>62</v>
+      </c>
+      <c r="I5" t="s">
+        <v>50</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>45</v>
+      </c>
+      <c r="B6" t="s">
+        <v>63</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>64</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>65</v>
+      </c>
+      <c r="H6" t="s">
+        <v>66</v>
+      </c>
+      <c r="I6" t="s">
+        <v>50</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:I1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H2"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>67</v>
+      </c>
+      <c r="B2" t="s">
+        <v>68</v>
+      </c>
+      <c r="C2" t="s">
+        <v>69</v>
+      </c>
+      <c r="D2" t="s">
+        <v>70</v>
+      </c>
+      <c r="E2" t="s">
+        <v>71</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>72</v>
+      </c>
+      <c r="H2" t="s">
+        <v>73</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:M11"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+      <c r="I1" t="s">
+        <v>74</v>
+      </c>
+      <c r="J1" t="s">
+        <v>9</v>
+      </c>
+      <c r="K1" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>76</v>
+      </c>
+      <c r="B2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C2" t="s">
+        <v>12</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>78</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>79</v>
+      </c>
+      <c r="H2" t="s">
+        <v>80</v>
+      </c>
+      <c r="I2" t="s">
+        <v>81</v>
+      </c>
+      <c r="J2" t="s">
+        <v>82</v>
+      </c>
+      <c r="K2" t="s">
+        <v>83</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>76</v>
+      </c>
+      <c r="B3" t="s">
+        <v>84</v>
+      </c>
+      <c r="C3" t="s">
+        <v>12</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>85</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>86</v>
+      </c>
+      <c r="H3" t="s">
+        <v>87</v>
+      </c>
+      <c r="I3" t="s">
+        <v>81</v>
       </c>
       <c r="J3" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="K3" t="s">
-        <v>34</v>
+        <v>89</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="s">
+        <v>76</v>
+      </c>
+      <c r="B4" t="s">
+        <v>90</v>
+      </c>
+      <c r="C4" t="s">
+        <v>12</v>
+      </c>
+      <c r="D4" t="s">
+        <v>12</v>
+      </c>
+      <c r="E4" t="s">
+        <v>91</v>
+      </c>
+      <c r="F4" t="s">
+        <v>12</v>
+      </c>
+      <c r="G4" t="s">
+        <v>92</v>
+      </c>
+      <c r="H4" t="s">
+        <v>93</v>
+      </c>
+      <c r="I4" t="s">
+        <v>81</v>
+      </c>
+      <c r="J4" t="s">
+        <v>94</v>
+      </c>
+      <c r="K4" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="s">
+        <v>76</v>
+      </c>
+      <c r="B5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C5" t="s">
+        <v>12</v>
+      </c>
+      <c r="D5" t="s">
+        <v>12</v>
+      </c>
+      <c r="E5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F5" t="s">
+        <v>12</v>
+      </c>
+      <c r="G5" t="s">
+        <v>98</v>
+      </c>
+      <c r="H5" t="s">
+        <v>99</v>
+      </c>
+      <c r="I5" t="s">
+        <v>100</v>
+      </c>
+      <c r="J5" t="s">
+        <v>101</v>
+      </c>
+      <c r="K5" t="s">
+        <v>102</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="s">
+        <v>76</v>
+      </c>
+      <c r="B6" t="s">
+        <v>103</v>
+      </c>
+      <c r="C6" t="s">
+        <v>12</v>
+      </c>
+      <c r="D6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E6" t="s">
+        <v>104</v>
+      </c>
+      <c r="F6" t="s">
+        <v>12</v>
+      </c>
+      <c r="G6" t="s">
+        <v>105</v>
+      </c>
+      <c r="H6" t="s">
+        <v>106</v>
+      </c>
+      <c r="I6" t="s">
+        <v>107</v>
+      </c>
+      <c r="J6" t="s">
+        <v>108</v>
+      </c>
+      <c r="K6" t="s">
+        <v>109</v>
+      </c>
+      <c r="L6" t="s">
+        <v>110</v>
+      </c>
+      <c r="M6" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="s">
+        <v>76</v>
+      </c>
+      <c r="B7" t="s">
+        <v>112</v>
+      </c>
+      <c r="C7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D7" t="s">
+        <v>12</v>
+      </c>
+      <c r="E7" t="s">
+        <v>113</v>
+      </c>
+      <c r="F7" t="s">
+        <v>12</v>
+      </c>
+      <c r="G7" t="s">
+        <v>114</v>
+      </c>
+      <c r="H7" t="s">
+        <v>115</v>
+      </c>
+      <c r="I7" t="s">
+        <v>116</v>
+      </c>
+      <c r="J7" t="s">
+        <v>108</v>
+      </c>
+      <c r="K7" t="s">
+        <v>117</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="s">
+        <v>76</v>
+      </c>
+      <c r="B8" t="s">
+        <v>118</v>
+      </c>
+      <c r="C8" t="s">
+        <v>12</v>
+      </c>
+      <c r="D8" t="s">
+        <v>12</v>
+      </c>
+      <c r="E8" t="s">
+        <v>119</v>
+      </c>
+      <c r="F8" t="s">
+        <v>12</v>
+      </c>
+      <c r="G8" t="s">
+        <v>120</v>
+      </c>
+      <c r="H8" t="s">
+        <v>121</v>
+      </c>
+      <c r="I8" t="s">
+        <v>81</v>
+      </c>
+      <c r="J8" t="s">
+        <v>122</v>
+      </c>
+      <c r="K8" t="s">
+        <v>123</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="s">
+        <v>76</v>
+      </c>
+      <c r="B9" t="s">
+        <v>124</v>
+      </c>
+      <c r="C9" t="s">
+        <v>12</v>
+      </c>
+      <c r="D9" t="s">
+        <v>12</v>
+      </c>
+      <c r="E9" t="s">
+        <v>125</v>
+      </c>
+      <c r="F9" t="s">
+        <v>12</v>
+      </c>
+      <c r="G9" t="s">
+        <v>126</v>
+      </c>
+      <c r="H9" t="s">
+        <v>127</v>
+      </c>
+      <c r="I9" t="s">
+        <v>128</v>
+      </c>
+      <c r="J9" t="s">
+        <v>129</v>
+      </c>
+      <c r="K9" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="s">
+        <v>76</v>
+      </c>
+      <c r="B10" t="s">
+        <v>131</v>
+      </c>
+      <c r="C10" t="s">
+        <v>12</v>
+      </c>
+      <c r="D10" t="s">
+        <v>12</v>
+      </c>
+      <c r="E10" t="s">
+        <v>132</v>
+      </c>
+      <c r="F10" t="s">
+        <v>12</v>
+      </c>
+      <c r="G10" t="s">
+        <v>133</v>
+      </c>
+      <c r="H10" t="s">
+        <v>134</v>
+      </c>
+      <c r="I10" t="s">
+        <v>81</v>
+      </c>
+      <c r="J10" t="s">
+        <v>135</v>
+      </c>
+      <c r="K10" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="s">
+        <v>76</v>
+      </c>
+      <c r="B11" t="s">
+        <v>137</v>
+      </c>
+      <c r="C11" t="s">
+        <v>12</v>
+      </c>
+      <c r="D11" t="s">
+        <v>12</v>
+      </c>
+      <c r="E11" t="s">
+        <v>138</v>
+      </c>
+      <c r="F11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G11" t="s">
+        <v>139</v>
+      </c>
+      <c r="H11" t="s">
+        <v>140</v>
+      </c>
+      <c r="I11" t="s">
+        <v>81</v>
+      </c>
+      <c r="J11" t="s">
+        <v>141</v>
+      </c>
+      <c r="K11" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="B1:K1"/>
+  <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <dimension ref="A1:H3"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="15.0"/>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="s">
+        <v>0</v>
+      </c>
+      <c r="B1" t="s">
+        <v>1</v>
+      </c>
+      <c r="C1" t="s">
+        <v>2</v>
+      </c>
+      <c r="D1" t="s">
+        <v>3</v>
+      </c>
+      <c r="E1" t="s">
+        <v>4</v>
+      </c>
+      <c r="F1" t="s">
+        <v>5</v>
+      </c>
+      <c r="G1" t="s">
+        <v>6</v>
+      </c>
+      <c r="H1" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="s">
+        <v>143</v>
+      </c>
+      <c r="B2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D2" t="s">
+        <v>12</v>
+      </c>
+      <c r="E2" t="s">
+        <v>146</v>
+      </c>
+      <c r="F2" t="s">
+        <v>12</v>
+      </c>
+      <c r="G2" t="s">
+        <v>147</v>
+      </c>
+      <c r="H2" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="s">
+        <v>143</v>
+      </c>
+      <c r="B3" t="s">
+        <v>149</v>
+      </c>
+      <c r="C3" t="s">
+        <v>150</v>
+      </c>
+      <c r="D3" t="s">
+        <v>12</v>
+      </c>
+      <c r="E3" t="s">
+        <v>151</v>
+      </c>
+      <c r="F3" t="s">
+        <v>12</v>
+      </c>
+      <c r="G3" t="s">
+        <v>152</v>
+      </c>
+      <c r="H3" t="s">
+        <v>153</v>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="B1:H1"/>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>